--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -1,3387 +1,5539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="38364784" w14:textId="6E9B5F22" w:rsidR="00A57620" w:rsidRPr="0032118D" w:rsidRDefault="00062E8E" w:rsidP="456E757F">
+    <w:p w14:paraId="38364784" w14:textId="6E9B5F22" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00062E8E" w:rsidP="456E757F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0032118D">
+      <w:r w:rsidRPr="00EF5594">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Please complete each section in its entirety and upload this project description template.</w:t>
       </w:r>
-      <w:r w:rsidR="00224995" w:rsidRPr="0032118D">
+      <w:r w:rsidR="00224995" w:rsidRPr="00EF5594">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A57620" w14:paraId="151B598A" w14:textId="77777777" w:rsidTr="007E41D3">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="151B598A" w14:textId="77777777" w:rsidTr="007E41D3">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="59A9FF62" w14:textId="77777777" w:rsidR="00A57620" w:rsidRDefault="00AF678F" w:rsidP="456E757F">
+          <w:p w14:paraId="59A9FF62" w14:textId="7A8F6727" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00AF678F" w:rsidP="456E757F">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2434">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organization</w:t>
             </w:r>
-            <w:r w:rsidR="00A57620" w:rsidRPr="00AE2434">
+            <w:r w:rsidR="00A57620" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Name: </w:t>
-[...4 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE30D4" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:r w:rsidR="00A57620" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BDCCE69" w14:textId="20CF3D07" w:rsidR="0043165E" w:rsidRPr="00EF5594" w:rsidRDefault="0043165E" w:rsidP="456E757F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00234330" w14:paraId="299CF2FE" w14:textId="77777777" w:rsidTr="001A3547">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="299CF2FE" w14:textId="77777777" w:rsidTr="001A3547">
         <w:trPr>
           <w:trHeight w:val="581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34F6E84A" w14:textId="77777777" w:rsidR="00234330" w:rsidRDefault="00234330" w:rsidP="456E757F">
+          <w:p w14:paraId="34F6E84A" w14:textId="413B37CA" w:rsidR="00234330" w:rsidRPr="00EF5594" w:rsidRDefault="00234330" w:rsidP="456E757F">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2434">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skills Training Course Title:  </w:t>
-[...4 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:t xml:space="preserve">Skills </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE30D4" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>training course title</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B698194" w14:textId="21043375" w:rsidR="0043165E" w:rsidRPr="00EF5594" w:rsidRDefault="0043165E" w:rsidP="456E757F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5546D0AF" w14:textId="77777777" w:rsidR="00A57620" w:rsidRDefault="00A57620" w:rsidP="00A57620"/>
+    <w:p w14:paraId="50406F70" w14:textId="77777777" w:rsidR="003D0E79" w:rsidRPr="00EF5594" w:rsidRDefault="003D0E79" w:rsidP="00825BC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4982"/>
+        <w:gridCol w:w="4368"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00340E83" w:rsidRPr="00EF5594" w14:paraId="1D688492" w14:textId="519EAB0D" w:rsidTr="00CE30D4">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F14FEE5" w14:textId="20DB63FB" w:rsidR="00E166E5" w:rsidRPr="00B16752" w:rsidRDefault="00340E83" w:rsidP="00CE30D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9492D">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I certify that I am authorized to submit this form on behalf of the organization named above and that all information provided on this form is correct to the best of my knowledge. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE30D4" w:rsidRPr="00EF5594" w14:paraId="5E800B1A" w14:textId="77777777" w:rsidTr="00C0132C">
+        <w:trPr>
+          <w:trHeight w:val="1305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D056FF1" w14:textId="77777777" w:rsidR="00CE30D4" w:rsidRPr="002F3EC6" w:rsidRDefault="00CE30D4" w:rsidP="00CE30D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F3EC6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name &amp; position:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E689DF2" w14:textId="77777777" w:rsidR="00CE30D4" w:rsidRPr="002F3EC6" w:rsidRDefault="00CE30D4" w:rsidP="00843FED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00340E83" w:rsidRPr="00EF5594" w14:paraId="5B98A2A5" w14:textId="743729CC" w:rsidTr="00A9492D">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4982" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44646C39" w14:textId="79F10CD7" w:rsidR="00340E83" w:rsidRPr="002F3EC6" w:rsidRDefault="00340E83" w:rsidP="00340E83">
+            <w:pPr>
+              <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F3EC6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA3398" w:rsidRPr="002F3EC6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663CD972" w14:textId="77777777" w:rsidR="00340E83" w:rsidRPr="002F3EC6" w:rsidRDefault="00340E83" w:rsidP="00340E83">
+            <w:pPr>
+              <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F3EC6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034B7C56" w14:textId="77777777" w:rsidR="00340E83" w:rsidRPr="002F3EC6" w:rsidRDefault="00340E83" w:rsidP="7698C490">
+            <w:pPr>
+              <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57DFA5B0" w14:textId="77777777" w:rsidR="00825BC9" w:rsidRPr="00EF5594" w:rsidRDefault="00825BC9" w:rsidP="00A57620"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4675"/>
         <w:gridCol w:w="4675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A57620" w14:paraId="0A2C266B" w14:textId="77777777" w:rsidTr="003A5E01">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="0A2C266B" w14:textId="77777777" w:rsidTr="7BB016B5">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18C0A357" w14:textId="1E9A4591" w:rsidR="00A57620" w:rsidRPr="0014099E" w:rsidRDefault="00062E8E" w:rsidP="00C86E51">
+          <w:p w14:paraId="5734E16E" w14:textId="629B26AD" w:rsidR="00DB5305" w:rsidRPr="00EF5594" w:rsidRDefault="00DB5305" w:rsidP="00C86E51">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="334" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DE70950">
-[...14 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please describe how your proposed project relates to the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00EF5594">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>stated prio</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00EF5594">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>r</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00EF5594">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ities</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="003130D9" w:rsidRPr="00EF5594">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303E5DB7" w14:textId="77777777" w:rsidR="00DB5305" w:rsidRPr="00EF5594" w:rsidRDefault="00DB5305" w:rsidP="00DB5305">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="-23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C0A357" w14:textId="150D2577" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00A57620" w:rsidP="00DB5305">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="334"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="67141200" w14:textId="77777777" w:rsidR="00062E8E" w:rsidRDefault="00062E8E" w:rsidP="00810767">
+          <w:p w14:paraId="0D41C4D3" w14:textId="47788FB9" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00DB5305" w:rsidP="00346BB7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...154 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please review the priorities in the Grant Overview section of the CWRG website.</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0308" w:rsidRPr="00EF5594">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="456E757F">
-[...105 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p w14:paraId="426BFD9D" w14:textId="43ED56D6" w:rsidR="00FF70FF" w:rsidRPr="00EF5594" w:rsidRDefault="00FF70FF" w:rsidP="00FF70FF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2744"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A38A55A" w14:textId="79E73FAE" w:rsidR="00FF70FF" w:rsidRPr="00EF5594" w:rsidRDefault="00FF70FF" w:rsidP="00FF70FF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="41605041" w14:textId="77777777" w:rsidTr="75D58A0A">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="41605041" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0D08C5" w14:textId="4966666B" w:rsidR="00A57620" w:rsidRDefault="6ACCCD33" w:rsidP="00CA4483">
+          <w:p w14:paraId="2A0D08C5" w14:textId="4966666B" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="6ACCCD33" w:rsidP="00CA4483">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="456E757F">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AC8344F" w14:textId="23EFD223" w:rsidR="41DAA60A" w:rsidRDefault="41DAA60A" w:rsidP="009E14C6">
-[...152 lines deleted...]
-          <w:p w14:paraId="157B9719" w14:textId="5613867B" w:rsidR="0026010C" w:rsidRPr="0014099E" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+          <w:p w14:paraId="2AC8344F" w14:textId="23EFD223" w:rsidR="41DAA60A" w:rsidRPr="00EF5594" w:rsidRDefault="41DAA60A" w:rsidP="009E14C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D3CD5D9" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C6F5F9F" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E1700DB" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B6C6D83" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12365592" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70F78DBF" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DAC5D8A" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F2360BF" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45195485" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75A07489" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49322D6F" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B486401" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C6E7C0B" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A9FB012" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44938F34" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BA55025" w14:textId="77777777" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="157B9719" w14:textId="5613867B" w:rsidR="0026010C" w:rsidRPr="00EF5594" w:rsidRDefault="0026010C" w:rsidP="0026010C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A62B3D" w14:paraId="44D3E3E2" w14:textId="77777777" w:rsidTr="00777A8D">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="44D3E3E2" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="278B6FFB" w14:textId="4216B0ED" w:rsidR="00A62B3D" w:rsidRPr="00062E8E" w:rsidRDefault="00B83FC0" w:rsidP="00340449">
+          <w:p w14:paraId="278B6FFB" w14:textId="7527A731" w:rsidR="00A62B3D" w:rsidRPr="005E30C3" w:rsidRDefault="00DB5305" w:rsidP="00340449">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005E30C3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Please describe how your proposed project</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">What workforce </w:t>
+            </w:r>
+            <w:r w:rsidR="7FAA8245" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>shortage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will your project address</w:t>
+            </w:r>
+            <w:r w:rsidR="1C6CB07B" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. How</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> did your </w:t>
+            </w:r>
+            <w:r w:rsidR="4080BAF7" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>organization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> identify this challenge?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2B53B1AC" w14:textId="13FE27EA" w:rsidR="003C102F" w:rsidRPr="456E757F" w:rsidRDefault="002E7A53" w:rsidP="00291EE4">
+          <w:p w14:paraId="55025CF1" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
             <w:pPr>
               <w:spacing w:before="120"/>
-              <w:ind w:left="-25"/>
-[...31 lines deleted...]
-              <w:r w:rsidR="003F2C6D" w:rsidRPr="734C1E23">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Must include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="618C628B" w14:textId="4D32FA34" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="337" w:hanging="256"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How </w:t>
+            </w:r>
+            <w:r w:rsidR="2FF40668" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">was </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the workforce </w:t>
+            </w:r>
+            <w:r w:rsidR="5AC046EC" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>shortage</w:t>
+            </w:r>
+            <w:r w:rsidR="66F13E02" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="387ED292" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identified</w:t>
+            </w:r>
+            <w:r w:rsidR="2EBF08CC" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="5595C900" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>For example</w:t>
+            </w:r>
+            <w:r w:rsidR="58AD8D0F" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61AD464F" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="976" w:hanging="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A needs assessment </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6F4068" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="976" w:hanging="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surveys </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A06AB59" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="976" w:hanging="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Employer and/or sector consultation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE85FCD" w14:textId="6DA4E07F" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="976" w:hanging="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other means (</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0C00" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.g. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97BDD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0C00" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>onsultation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with WorkBC office; consulted with local Chamber of Commerce)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29B04006" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>And:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6994E617" w14:textId="73D8DAD9" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="337" w:hanging="257"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clearly reference sector </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="005E30C3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Grant Overview</w:t>
+                <w:t>Labour Market</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="003F2C6D" w:rsidRPr="734C1E23">
-[...14 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data to support the need for the project</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83A31" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104BFE3D" w14:textId="77777777" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="337"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E6523A1" w14:textId="4E779078" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="463"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How </w:t>
+            </w:r>
+            <w:r w:rsidR="3E8B07FB" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your organization’s mission align with the proposed training</w:t>
+            </w:r>
+            <w:r w:rsidR="00C644DD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1914BD8B" w14:textId="0BFCD095" w:rsidR="00346BB7" w:rsidRPr="005E30C3" w:rsidRDefault="00346BB7" w:rsidP="00346BB7">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please attach </w:t>
+            </w:r>
+            <w:r w:rsidR="00C36A73" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">relevant documents </w:t>
+            </w:r>
+            <w:r w:rsidR="22FCE306" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the online STG system under </w:t>
+            </w:r>
+            <w:r w:rsidR="00C36A73" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>additional supporting documents</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> section of the application to support your answer</w:t>
+            </w:r>
+            <w:r w:rsidR="758875F4" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> such as published reports, news articles, media reports</w:t>
+            </w:r>
+            <w:r w:rsidR="0CEB5090" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and additional letters. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B53B1AC" w14:textId="2427D986" w:rsidR="003C102F" w:rsidRPr="005E30C3" w:rsidRDefault="003C102F" w:rsidP="00291EE4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-25"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C86E51" w:rsidRPr="0014099E" w14:paraId="6D335627" w14:textId="77777777" w:rsidTr="00095A99">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="6D335627" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0EA8A5" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRDefault="00C86E51" w:rsidP="00340449">
+          <w:p w14:paraId="3B0EA8A5" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRPr="00EF5594" w:rsidRDefault="00C86E51" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="456E757F">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C688813" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRDefault="00C86E51" w:rsidP="004B7421">
-[...62 lines deleted...]
-          <w:p w14:paraId="14CCC88D" w14:textId="77777777" w:rsidR="00777A8D" w:rsidRDefault="00777A8D" w:rsidP="00895B20">
+          <w:p w14:paraId="3C688813" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRPr="00EF5594" w:rsidRDefault="00C86E51" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="205E212E" w14:textId="332C578B" w:rsidR="00C86E51" w:rsidRPr="00EF5594" w:rsidRDefault="00C86E51" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EEE2E8F" w14:textId="77777777" w:rsidR="00895B20" w:rsidRPr="00EF5594" w:rsidRDefault="00895B20" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CFC2445" w14:textId="77777777" w:rsidR="00895B20" w:rsidRPr="00EF5594" w:rsidRDefault="00895B20" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12EA5EC4" w14:textId="77777777" w:rsidR="00895B20" w:rsidRPr="00EF5594" w:rsidRDefault="00895B20" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F8D2E75" w14:textId="77777777" w:rsidR="00895B20" w:rsidRPr="00EF5594" w:rsidRDefault="00895B20" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A781D5D" w14:textId="77777777" w:rsidR="00777A8D" w:rsidRPr="00EF5594" w:rsidRDefault="00777A8D" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14CCC88D" w14:textId="77777777" w:rsidR="00777A8D" w:rsidRPr="00EF5594" w:rsidRDefault="00777A8D" w:rsidP="00895B20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="739C406D" w14:textId="77777777" w:rsidR="006C0DC8" w:rsidRDefault="006C0DC8" w:rsidP="00895B20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BF60980" w14:textId="77777777" w:rsidR="00895B20" w:rsidRDefault="00895B20" w:rsidP="00895B20">
-[...35 lines deleted...]
-          <w:p w14:paraId="657C50C4" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRPr="0014099E" w:rsidRDefault="00C86E51" w:rsidP="005F1C5E">
+          <w:p w14:paraId="6F61EA9B" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28B3DFEE" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CCF38F4" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="638F293A" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A2218B0" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EB446A2" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BF60980" w14:textId="77777777" w:rsidR="00895B20" w:rsidRPr="00EF5594" w:rsidRDefault="00895B20" w:rsidP="00895B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="562BB2EF" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRPr="00EF5594" w:rsidRDefault="00C86E51" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24D77F76" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4106B739" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="657C50C4" w14:textId="77777777" w:rsidR="00C86E51" w:rsidRPr="00EF5594" w:rsidRDefault="00C86E51" w:rsidP="005F1C5E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="5B77B0A4" w14:textId="77777777" w:rsidTr="00607C9B">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="5B77B0A4" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26F3B3F8" w14:textId="2BE8AEFA" w:rsidR="00A57620" w:rsidRPr="0014099E" w:rsidRDefault="00062E8E" w:rsidP="00340449">
+          <w:p w14:paraId="26F3B3F8" w14:textId="616DAACD" w:rsidR="00A57620" w:rsidRPr="005E30C3" w:rsidRDefault="00062E8E" w:rsidP="00340449">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00062E8E">
-[...5 lines deleted...]
-              <w:t>How will the proposed skills training address the identified workforce challenge in your community?</w:t>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">How will the proposed skills training address the identified workforce </w:t>
+            </w:r>
+            <w:r w:rsidR="0334FBDE" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>shortage</w:t>
+            </w:r>
+            <w:r w:rsidR="00B05B09" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in your community?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="59873224" w14:textId="5B63CFF7" w:rsidR="00062E8E" w:rsidRPr="004666F9" w:rsidRDefault="00062E8E" w:rsidP="00810767">
+          <w:p w14:paraId="59873224" w14:textId="5B63CFF7" w:rsidR="00062E8E" w:rsidRPr="005E30C3" w:rsidRDefault="00062E8E" w:rsidP="00810767">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Must include:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="329B84CB" w14:textId="46565D68" w:rsidR="00062E8E" w:rsidRDefault="00062E8E" w:rsidP="000406CC">
+          <w:p w14:paraId="134220F0" w14:textId="79B7D04C" w:rsidR="00062E8E" w:rsidRPr="005E30C3" w:rsidRDefault="00062E8E" w:rsidP="47A530CD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DE70950">
-[...8 lines deleted...]
-          <w:p w14:paraId="134220F0" w14:textId="7A4A4295" w:rsidR="00062E8E" w:rsidRPr="0008219E" w:rsidRDefault="00062E8E" w:rsidP="000406CC">
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How the </w:t>
+            </w:r>
+            <w:r w:rsidR="3CC4F473" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r w:rsidR="23939757" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00527039" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">employer support forms </w:t>
+            </w:r>
+            <w:r w:rsidR="004A3C81" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="571CB24E" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5594" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>available</w:t>
+            </w:r>
+            <w:r w:rsidR="004A518A" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> local job </w:t>
+            </w:r>
+            <w:r w:rsidR="7E0B6B64" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>postings</w:t>
+            </w:r>
+            <w:r w:rsidR="002C697B" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00527039" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">support the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selected cohort size </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9472D" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="00492CB3" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">showing </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the immediate</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD57C1" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>need and job availability</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83A31" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF64BB6" w14:textId="6150BB01" w:rsidR="00062E8E" w:rsidRPr="005E30C3" w:rsidRDefault="00062E8E" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="513DF902">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="75A4D964">
+            <w:r w:rsidRPr="005E30C3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What occupation(s) participants</w:t>
             </w:r>
-            <w:r w:rsidR="00D82A75">
+            <w:r w:rsidR="00D82A75" w:rsidRPr="005E30C3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> will</w:t>
             </w:r>
-            <w:r w:rsidRPr="75A4D964">
+            <w:r w:rsidRPr="005E30C3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> be prepared for upon successful completion of training</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="510C2F19" w14:textId="1B337193" w:rsidR="00A57620" w:rsidRPr="00FA56B4" w:rsidRDefault="00062E8E" w:rsidP="000406CC">
+            <w:r w:rsidR="00C83A31" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC9FFDF" w14:textId="1ABBF70B" w:rsidR="00A57620" w:rsidRPr="005E30C3" w:rsidRDefault="23939757" w:rsidP="46537C2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="256"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="456E757F">
-[...5 lines deleted...]
-              <w:t>If there is transferability and recognition of the training by industry. Are there career laddering opportunities for the proposed occupational certification, and/or does the certification allow credits towards a higher level of education</w:t>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="59DD4E33" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>certification is a</w:t>
+            </w:r>
+            <w:r w:rsidR="08F142D6" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requirement for employment in the industry.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510C2F19" w14:textId="7122FF16" w:rsidR="00A57620" w:rsidRPr="005E30C3" w:rsidRDefault="7E4F8532" w:rsidP="000406CC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="256"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If there are</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> career laddering opportunities for the proposed certification, and/or does the certification allow credits towards a higher level of education</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83A31" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="4545911D" w14:textId="77777777" w:rsidTr="75D58A0A">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="4545911D" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="051FD449" w14:textId="049C267A" w:rsidR="00A57620" w:rsidRPr="008051FA" w:rsidRDefault="28090CA5" w:rsidP="00340449">
+          <w:p w14:paraId="051FD449" w14:textId="049C267A" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="28090CA5" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008051FA">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
-            <w:r w:rsidR="713D8D1A" w:rsidRPr="008051FA">
+            <w:r w:rsidR="713D8D1A" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DFC49F7" w14:textId="77777777" w:rsidR="00A57620" w:rsidRDefault="00A57620" w:rsidP="00A174EC">
-[...89 lines deleted...]
-          <w:p w14:paraId="4FDE80E3" w14:textId="77777777" w:rsidR="008051FA" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+          <w:p w14:paraId="2DFC49F7" w14:textId="77777777" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00A57620" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32E95C2D" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C863E09" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FD28381" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32306AC1" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6806B724" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="524573F4" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00BDE503" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01AF0A45" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="627ADED6" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FDE80E3" w14:textId="77777777" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C39D181" w14:textId="77777777" w:rsidR="008051FA" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03AAA9ED" w14:textId="69443236" w:rsidR="008051FA" w:rsidRPr="008051FA" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
+          <w:p w14:paraId="29CD8663" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1897787A" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39F1823F" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A412BF8" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2544E431" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AF45FC9" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CE0F805" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00114580" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78B5FD9D" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46AA8195" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CAF5329" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56BAE312" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E7D6AAB" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB39FD9" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00A174EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03AAA9ED" w14:textId="69443236" w:rsidR="008051FA" w:rsidRPr="00EF5594" w:rsidRDefault="008051FA" w:rsidP="00A174EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="4B72878A" w14:textId="77777777" w:rsidTr="00E07566">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="4B72878A" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18DCCFDB" w14:textId="4E7046A3" w:rsidR="00A57620" w:rsidRPr="00390C8A" w:rsidRDefault="00062E8E" w:rsidP="00340449">
+          <w:p w14:paraId="18DCCFDB" w14:textId="191FA894" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="0368D796" w:rsidP="00340449">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00062E8E">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Please provide a detailed description of how participants will be recruited and selected to participate in the proposed training.</w:t>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="23939757" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rovide</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a detailed description of how participants will be recruited and selected to participate in the proposed training.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="76910B10" w14:textId="229C70DD" w:rsidR="00062E8E" w:rsidRDefault="00062E8E" w:rsidP="00810767">
+          <w:p w14:paraId="76910B10" w14:textId="229C70DD" w:rsidR="00062E8E" w:rsidRPr="00EF5594" w:rsidRDefault="00062E8E" w:rsidP="00810767">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Must</w:t>
             </w:r>
-            <w:r w:rsidR="00581047">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidR="00581047" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> include</w:t>
             </w:r>
-            <w:r w:rsidRPr="456E757F">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356266F7" w14:textId="531678E9" w:rsidR="00062E8E" w:rsidRDefault="00581047" w:rsidP="000406CC">
+          <w:p w14:paraId="356266F7" w14:textId="77DEC68D" w:rsidR="00062E8E" w:rsidRPr="00EF5594" w:rsidRDefault="00581047" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Participant </w:t>
             </w:r>
-            <w:r w:rsidR="00062E8E" w:rsidRPr="4DE70950">
+            <w:r w:rsidR="00062E8E" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>recruitment process</w:t>
             </w:r>
-            <w:r w:rsidR="00062E8E" w:rsidRPr="4DE70950">
+            <w:r w:rsidR="00062E8E" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00062E8E" w:rsidRPr="4DE70950">
+            <w:r w:rsidR="00062E8E" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and whether the</w:t>
             </w:r>
-            <w:r w:rsidR="00AE79DE">
+            <w:r w:rsidR="00AE79DE" w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>re is a waitlist</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1B14D8D7" w14:textId="1F4525C7" w:rsidR="00062E8E" w:rsidRDefault="00581047" w:rsidP="000406CC">
+            <w:r w:rsidR="00C8470D" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58621A3C" w14:textId="027A59C2" w:rsidR="53D432EF" w:rsidRPr="005E30C3" w:rsidRDefault="53D432EF" w:rsidP="46537C2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-          <w:p w14:paraId="09CF720C" w14:textId="77964FDC" w:rsidR="00062E8E" w:rsidRPr="00852813" w:rsidRDefault="00062E8E" w:rsidP="000406CC">
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How </w:t>
+            </w:r>
+            <w:r w:rsidR="12ADCC5D" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">employers </w:t>
+            </w:r>
+            <w:r w:rsidR="0D70C6E8" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will </w:t>
+            </w:r>
+            <w:r w:rsidR="2D495925" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be consulted to </w:t>
+            </w:r>
+            <w:r w:rsidR="571ABA82" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>determine participant suitability</w:t>
+            </w:r>
+            <w:r w:rsidR="48AB9EC1" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for training and employment</w:t>
+            </w:r>
+            <w:r w:rsidR="571ABA82" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B14D8D7" w14:textId="6207237A" w:rsidR="00062E8E" w:rsidRPr="005E30C3" w:rsidRDefault="00581047" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="513DF902">
-[...24 lines deleted...]
-          <w:p w14:paraId="72E80E1E" w14:textId="3AC6F69F" w:rsidR="00A57620" w:rsidRPr="00062E8E" w:rsidRDefault="00581047" w:rsidP="000406CC">
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> application process and any assessment tools that may be used</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0B9B" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239549F5" w14:textId="061E6616" w:rsidR="00A337BD" w:rsidRPr="005E30C3" w:rsidRDefault="00861841" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> the communities that participants will be recruited from</w:t>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ow your organization and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">training provider will </w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribute to recruit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ment</w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and select</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ion of</w:t>
+            </w:r>
+            <w:r w:rsidR="00A337BD" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> participants.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E80E1E" w14:textId="0FC52314" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="45B51122" w:rsidP="00C8470D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="167"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> employers </w:t>
+            </w:r>
+            <w:r w:rsidR="520A4D6A" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="005E30C3">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> involved in the</w:t>
+            </w:r>
+            <w:r w:rsidR="00062E8E" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> participant selection process or assist in evaluating participant selection</w:t>
+            </w:r>
+            <w:r w:rsidR="11D500F1" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="730065DB" w14:textId="77777777" w:rsidTr="008D27BB">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="730065DB" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="3212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA166B6" w14:textId="103DE942" w:rsidR="006F5156" w:rsidRPr="00340449" w:rsidRDefault="3089E352" w:rsidP="00340449">
+          <w:p w14:paraId="0AA166B6" w14:textId="103DE942" w:rsidR="006F5156" w:rsidRPr="00EF5594" w:rsidRDefault="3089E352" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00340449">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02D8FEEA" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="004B7421">
-[...71 lines deleted...]
-          <w:p w14:paraId="2EB78740" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="02D8FEEA" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3534CE5A" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E563438" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E429205" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36DE981B" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42C057F2" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18D9526D" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="673CC4A4" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EB78740" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="299C743E" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F9AE746" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
-[...26 lines deleted...]
-          <w:p w14:paraId="4B14AB67" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00390C8A" w:rsidRDefault="00510DE7" w:rsidP="005F1C5E">
+          <w:p w14:paraId="76D4F490" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29873722" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1075B78E" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="620E1481" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DEAED9F" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="161CA6F6" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38410C1C" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6527B8" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52ECD391" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79AEA521" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FF6FAA7" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D820CAF" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="643B0828" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E7554F6" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="786D4CFE" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F9AE746" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41948C92" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39A2BBB7" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B14AB67" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="005F1C5E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4FB1" w14:paraId="184F4F82" w14:textId="77777777" w:rsidTr="002D6256">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="184F4F82" w14:textId="77777777" w:rsidTr="7BB016B5">
+        <w:trPr>
+          <w:trHeight w:val="3675"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="27F8BD53" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00390C8A" w:rsidRDefault="006A4FB1" w:rsidP="002D6256">
+          <w:p w14:paraId="27F8BD53" w14:textId="6963F946" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="7C61390A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">escribe the key activities and timelines from the beginning of the project to the end. </w:t>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="0D800E20" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>escribe</w:t>
+            </w:r>
+            <w:r w:rsidR="006A4FB1" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the key activities and timelines from the beginning of the project to the end. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C83F22C" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00E44D98" w:rsidRDefault="006A4FB1" w:rsidP="002D6256">
+          <w:p w14:paraId="0C83F22C" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="006A4FB1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="3CEE2D5E" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="006A4FB1">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Must include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC0AD77" w14:textId="21759797" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="04F4FAAE" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="168"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>A comprehensive project timeline with key milestones</w:t>
+            </w:r>
+            <w:r w:rsidR="3E414E9C" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6030D1AA" w14:textId="55B2BE8B" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="04F4FAAE" w:rsidP="46537C2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="335" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>start/end dates of project,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C37C14" w14:textId="1E154E96" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="04F4FAAE" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="167"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> participant recruitment, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C0F7CC" w14:textId="2C90DC34" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="04F4FAAE" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="167"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skills training </w:t>
+            </w:r>
+            <w:r w:rsidR="5F7AA7C5" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dates, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5332E5CD" w14:textId="79FD5F6F" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="1D799312" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="167"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="35937CE2" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inal </w:t>
+            </w:r>
+            <w:r w:rsidR="000F3D88" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="35937CE2" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>eporting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A208CB" w14:textId="2289E9A2" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="35937CE2" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="335" w:hanging="167"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>And, if applicable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="539FEA83" w14:textId="2073C4FE" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="35937CE2" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5F7AA7C5" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>practicum dates</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD7FBFD" w14:textId="3642E6A0" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="5F7AA7C5" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="04F4FAAE" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESS dates </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CEE2D5E" w14:textId="5D94E32B" w:rsidR="006A4FB1" w:rsidRPr="001F222F" w:rsidRDefault="04F4FAAE" w:rsidP="46537C2F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>employer engagement</w:t>
+            </w:r>
+            <w:r w:rsidR="4072903B" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A10298" w14:paraId="304811AC" w14:textId="77777777" w:rsidTr="008D27BB">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="304811AC" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="3212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="498EA2D2" w14:textId="77777777" w:rsidR="00A10298" w:rsidRDefault="00A10298" w:rsidP="00340449">
+          <w:p w14:paraId="498EA2D2" w14:textId="0BC919EB" w:rsidR="00A10298" w:rsidRPr="00EF5594" w:rsidRDefault="00483A3B" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="7A92C3CC" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Response:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A92C3CC" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="027DE779" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="027DE779" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4940406A" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="4940406A" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6A921A99" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="6A921A99" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="393DB700" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="393DB700" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DACB22C" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="5DACB22C" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42E87C4A" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
+          <w:p w14:paraId="42E87C4A" w14:textId="77777777" w:rsidR="006A4FB1" w:rsidRPr="00EF5594" w:rsidRDefault="006A4FB1" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2FE67E83" w14:textId="77777777" w:rsidR="00FC6EEB" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
+          <w:p w14:paraId="2FE67E83" w14:textId="77777777" w:rsidR="00FC6EEB" w:rsidRPr="00EF5594" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D4E1720" w14:textId="77777777" w:rsidR="00FC6EEB" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B3AACFF" w14:textId="77777777" w:rsidR="00FC6EEB" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
+          <w:p w14:paraId="0271A7A9" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C62AB07" w14:textId="4B3AED70" w:rsidR="00FC6EEB" w:rsidRPr="00340449" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
+          <w:p w14:paraId="0824B84E" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58D3FE57" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E580A47" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C67DAB" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5782B43C" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FBE36AF" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75466FFE" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75941957" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FF5DA0C" w14:textId="77777777" w:rsidR="00383936" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2895303B" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B3AACFF" w14:textId="77777777" w:rsidR="00FC6EEB" w:rsidRPr="00EF5594" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C62AB07" w14:textId="4B3AED70" w:rsidR="00FC6EEB" w:rsidRPr="00EF5594" w:rsidRDefault="00FC6EEB" w:rsidP="00340449">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="3BF217D0" w14:textId="77777777" w:rsidTr="00557DFA">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="3BF217D0" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3E1FE6" w14:textId="5690366A" w:rsidR="00A57620" w:rsidRPr="00390C8A" w:rsidRDefault="00581047" w:rsidP="00340449">
+          <w:p w14:paraId="2A3E1FE6" w14:textId="74ACCE88" w:rsidR="00A57620" w:rsidRPr="001F222F" w:rsidRDefault="707A98CD" w:rsidP="00340449">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="4EE352BE" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>escribe</w:t>
+            </w:r>
+            <w:r w:rsidR="00581047" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> how </w:t>
+            </w:r>
+            <w:r w:rsidR="001E7119" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">graduates </w:t>
+            </w:r>
+            <w:r w:rsidR="00581047" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will be</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD51C9" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> support</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4283" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ed </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD51C9" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with finding employm</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4283" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ent. </w:t>
+            </w:r>
+            <w:r w:rsidR="00581047" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="457238DB" w14:textId="77777777" w:rsidR="00581047" w:rsidRPr="00C83D3C" w:rsidRDefault="00581047" w:rsidP="00AC1364">
-[...17 lines deleted...]
-          <w:p w14:paraId="49FC0319" w14:textId="77777777" w:rsidR="00581047" w:rsidRPr="00C83D3C" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+          <w:p w14:paraId="01445642" w14:textId="58BDDB32" w:rsidR="007D4283" w:rsidRPr="001F222F" w:rsidRDefault="00EF3E78" w:rsidP="008353A3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidR="69474AEB" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r w:rsidR="6A738054" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16253848" w14:textId="0266268C" w:rsidR="007D4283" w:rsidRPr="001F222F" w:rsidRDefault="00F7565C" w:rsidP="46537C2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
-              <w:ind w:left="167" w:hanging="167"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="640FB23E" w14:textId="77777777" w:rsidR="00581047" w:rsidRPr="00C83D3C" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">he </w:t>
+            </w:r>
+            <w:r w:rsidR="6A738054" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ways graduates will be </w:t>
+            </w:r>
+            <w:r w:rsidR="03B08EBB" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>connect</w:t>
+            </w:r>
+            <w:r w:rsidR="3724430F" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="03B08EBB" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>engage</w:t>
+            </w:r>
+            <w:r w:rsidR="07C6E57C" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with employers</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7D0E" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63909006" w14:textId="5B1D1DAD" w:rsidR="007D4283" w:rsidRPr="001F222F" w:rsidRDefault="319853A0" w:rsidP="46537C2F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
-              <w:ind w:left="167" w:hanging="167"/>
-[...102 lines deleted...]
-              <w:t>Describe other opportunities participants will have to meet with employers</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>How graduates</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="03B08EBB" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sist</w:t>
+            </w:r>
+            <w:r w:rsidR="0422E311" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3E78" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in securing employment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="459B48D2" w14:textId="77777777" w:rsidTr="75D58A0A">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="459B48D2" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9EAA18" w14:textId="5B9FFC05" w:rsidR="00606303" w:rsidRDefault="3089E352" w:rsidP="00606303">
+          <w:p w14:paraId="3D9EAA18" w14:textId="5B9FFC05" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="3089E352" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00340449">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5789B07C" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="5789B07C" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14F3FEE8" w14:textId="77777777" w:rsidR="00C53EAF" w:rsidRDefault="00C53EAF" w:rsidP="00606303">
+          <w:p w14:paraId="14F3FEE8" w14:textId="77777777" w:rsidR="00C53EAF" w:rsidRPr="00EF5594" w:rsidRDefault="00C53EAF" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51F0F609" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="51F0F609" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="513BA99A" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="513BA99A" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36DA7C81" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="36DA7C81" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="599E2A60" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="599E2A60" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4008C3F8" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="4008C3F8" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="700330BA" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00606303" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="700330BA" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0281B8CD" w14:textId="77777777" w:rsidR="00A57620" w:rsidRDefault="00A57620" w:rsidP="003C1BB7">
+          <w:p w14:paraId="0281B8CD" w14:textId="77777777" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00A57620" w:rsidP="003C1BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581047" w14:paraId="1056F52D" w14:textId="77777777" w:rsidTr="00BE5303">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="78885933" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="710F19D0" w14:textId="26442F0C" w:rsidR="00581047" w:rsidRPr="007100A8" w:rsidRDefault="00581047" w:rsidP="00340449">
+          <w:p w14:paraId="39CC9521" w14:textId="0F937789" w:rsidR="00E2757D" w:rsidRPr="001F222F" w:rsidRDefault="69D1760F" w:rsidP="001500E6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2635"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="317"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="02737192" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rovide</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2757D" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an overview of your organization’s staffing capacity to successfully implement and manage </w:t>
+            </w:r>
+            <w:r w:rsidR="001F06AC" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the project</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2757D" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2757D" w:rsidRPr="001F222F">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E3FF92" w14:textId="4AAE8292" w:rsidR="001500E6" w:rsidRPr="001F222F" w:rsidRDefault="008D25EF" w:rsidP="001500E6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2635"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>Must include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D054F6" w14:textId="451FF542" w:rsidR="001500E6" w:rsidRPr="001F222F" w:rsidRDefault="001500E6" w:rsidP="001500E6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2635"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="180" w:hanging="142"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The key staff who will be responsible for </w:t>
+            </w:r>
+            <w:r w:rsidR="001F06AC" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> administration. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58584D43" w14:textId="55B08144" w:rsidR="001500E6" w:rsidRPr="001F222F" w:rsidRDefault="00CD2212" w:rsidP="001500E6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2635"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="180" w:hanging="142"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97328" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> roles and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> responsibili</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97328" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>ties of each</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97328" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="001500E6" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">taff </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97328" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>member</w:t>
+            </w:r>
+            <w:r w:rsidR="00472E0A" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as they relate to the delivery of this project</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97328" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001500E6" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(ex. </w:t>
+            </w:r>
+            <w:r w:rsidR="2A9FDE27" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="3E40EDE7" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>ommunicating</w:t>
+            </w:r>
+            <w:r w:rsidR="001500E6" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with participants, </w:t>
+            </w:r>
+            <w:r w:rsidR="008D25EF" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="001500E6" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+              <w:t>training provider, providing PFS, completion reporting).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1547A4C2" w14:textId="1A689944" w:rsidR="00E2757D" w:rsidRPr="001F222F" w:rsidRDefault="00E2757D" w:rsidP="00E2757D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2635"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="25E43CE7" w14:textId="77777777" w:rsidTr="00383936">
+        <w:trPr>
+          <w:trHeight w:val="4418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C2BFB1" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Response:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6540DB44" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0428A41C" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="262C88EF" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="158E0C99" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0585FFE9" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B73536" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F810880" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="642FCC99" w14:textId="77777777" w:rsidR="00383936" w:rsidRPr="00EF5594" w:rsidRDefault="00383936" w:rsidP="00383936">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70451930" w14:textId="07B8CDFB" w:rsidR="00213BA6" w:rsidRPr="00EF5594" w:rsidRDefault="00213BA6" w:rsidP="00606303">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="1056F52D" w14:textId="77777777" w:rsidTr="7BB016B5">
+        <w:trPr>
+          <w:trHeight w:val="1140"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="710F19D0" w14:textId="72D41532" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="2974A4ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="37FC38C9">
-[...5 lines deleted...]
-              <w:t>What steps will your organization take to successfully administer the training?</w:t>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>What steps will your organization take to successfully administer the</w:t>
+            </w:r>
+            <w:r w:rsidR="00D31CF5" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC8AB58" w14:textId="77777777" w:rsidR="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+          <w:p w14:paraId="7F2A890F" w14:textId="45BBD3B9" w:rsidR="7197D84B" w:rsidRPr="001F222F" w:rsidRDefault="7197D84B" w:rsidP="46537C2F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="4C622643" w14:textId="77777777" w:rsidR="00581047" w:rsidRPr="00852813" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Must include</w:t>
+            </w:r>
+            <w:r w:rsidR="760B07DA" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> how your organization will:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C622643" w14:textId="369BA5F0" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="00AC1364">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="35F039C9">
+            <w:r w:rsidRPr="001F222F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Communicate with participants</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="6C62A344" w14:textId="77777777" w:rsidR="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4EAE30" w14:textId="0C39BD76" w:rsidR="00F93328" w:rsidRPr="001F222F" w:rsidRDefault="00620557" w:rsidP="009045F7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5A5ED5A4">
-[...24 lines deleted...]
-          <w:p w14:paraId="1F1E5A1F" w14:textId="77777777" w:rsidR="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Track attendance during training</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1E5A1F" w14:textId="1E26001B" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="00AC1364">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w14:paraId="6A7418D2" w14:textId="77777777" w:rsidR="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Record </w:t>
+            </w:r>
+            <w:r w:rsidR="00595429" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and track </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PFS expenditures</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7418D2" w14:textId="32DED40A" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="00AC1364">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="65218AA5">
-[...8 lines deleted...]
-          <w:p w14:paraId="02E92E06" w14:textId="77777777" w:rsidR="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Work with the third-party training provider</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02E92E06" w14:textId="54BAF50F" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="00AC1364">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w14:paraId="1A281FC1" w14:textId="7375D86F" w:rsidR="00581047" w:rsidRPr="00581047" w:rsidRDefault="00581047" w:rsidP="00AC1364">
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ensure program reporting requirements</w:t>
+            </w:r>
+            <w:r w:rsidR="0707A14B" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are met.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A281FC1" w14:textId="2979615F" w:rsidR="00F95CFE" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="00F95CFE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="166" w:hanging="166"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00581047">
+            <w:r w:rsidRPr="001F222F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Offer success stories at the end of training</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007100A8" w14:paraId="55DAAC19" w14:textId="77777777" w:rsidTr="75D58A0A">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="55DAAC19" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6841EE2B" w14:textId="1A2E7FE4" w:rsidR="00606303" w:rsidRDefault="3089E352" w:rsidP="00606303">
+          <w:p w14:paraId="6841EE2B" w14:textId="1A2E7FE4" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="3089E352" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000406CC">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="130482C3" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="130482C3" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7729DE13" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="7729DE13" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78E66FF9" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="78E66FF9" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53808CE1" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="53808CE1" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F50D454" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="4F50D454" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59C46F4A" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="59C46F4A" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E675837" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="2E675837" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="770DF4F1" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRDefault="008D27BB" w:rsidP="00606303">
+          <w:p w14:paraId="770DF4F1" w14:textId="77777777" w:rsidR="008D27BB" w:rsidRPr="00EF5594" w:rsidRDefault="008D27BB" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7CD36BC7" w14:textId="05D7F152" w:rsidR="003C1BB7" w:rsidRPr="007100A8" w:rsidRDefault="003C1BB7" w:rsidP="008D27BB">
+          <w:p w14:paraId="7CD36BC7" w14:textId="05D7F152" w:rsidR="003C1BB7" w:rsidRPr="00EF5594" w:rsidRDefault="003C1BB7" w:rsidP="008D27BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="3E673CE6" w14:textId="77777777" w:rsidTr="003F634F">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="3E673CE6" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="2700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="71456A8B" w14:textId="27A85E39" w:rsidR="00A57620" w:rsidRPr="0035292F" w:rsidRDefault="00581047" w:rsidP="000406CC">
+          <w:p w14:paraId="71456A8B" w14:textId="27A85E39" w:rsidR="00A57620" w:rsidRPr="00EF5594" w:rsidRDefault="00581047" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DE70950">
-[...13 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>What steps will your organization take to support participants throughout the skills training project?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="220F4909" w14:textId="2E3C2704" w:rsidR="00BF3327" w:rsidRDefault="00581047" w:rsidP="00BF3327">
+          <w:p w14:paraId="37D253F7" w14:textId="3798EF1F" w:rsidR="46537C2F" w:rsidRPr="00EF5594" w:rsidRDefault="0F6687A0" w:rsidP="46537C2F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:sz w:val="20"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="445E3209" w14:textId="4E70AB8B" w:rsidR="00581047" w:rsidRPr="00A651B2" w:rsidRDefault="00581047" w:rsidP="00A651B2">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Must include how your organization will:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445E3209" w14:textId="40C157C5" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="7BB016B5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A651B2">
-[...16 lines deleted...]
-          <w:p w14:paraId="6CB25696" w14:textId="5371C6F7" w:rsidR="00581047" w:rsidRPr="003F634F" w:rsidRDefault="00581047" w:rsidP="003F634F">
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ensure each participant obtains the necessary </w:t>
+            </w:r>
+            <w:r w:rsidR="00595429" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PFS (ex. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">equipment, clothing, </w:t>
+            </w:r>
+            <w:r w:rsidR="3C080924" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tools,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and other requirements for training</w:t>
+            </w:r>
+            <w:r w:rsidR="009B71CA" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3963" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CB25696" w14:textId="0A544C41" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="00581047" w:rsidP="003F634F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="37FC38C9">
+            <w:r w:rsidRPr="001F222F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address participants who have complaints ab</w:t>
             </w:r>
-            <w:r w:rsidRPr="37FC38C9">
+            <w:r w:rsidRPr="001F222F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">out the training or encounter a personal crisis during </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003F634F">
+              <w:t xml:space="preserve">out the training or encounter </w:t>
+            </w:r>
+            <w:r w:rsidR="00B07F33" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>unforeseen circumstance</w:t>
+            </w:r>
+            <w:r w:rsidR="201E8B90" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07F33" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">during </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>training</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="4CFEB43E" w14:textId="77777777" w:rsidR="00AC1364" w:rsidRPr="003F634F" w:rsidRDefault="00581047" w:rsidP="003F634F">
+            <w:r w:rsidR="00A9059C" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F154791" w14:textId="19CD1976" w:rsidR="00581047" w:rsidRPr="00EF5594" w:rsidRDefault="00766F00" w:rsidP="00A9059C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="167" w:hanging="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F634F">
-[...29 lines deleted...]
-              <w:t>Seek employment</w:t>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+            <w:r w:rsidR="00030999" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D40F7A" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>absenteeism</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00581047" w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r w:rsidR="00581047" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> training</w:t>
+            </w:r>
+            <w:r w:rsidR="00A9059C" w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57620" w14:paraId="55334D2A" w14:textId="77777777" w:rsidTr="75D58A0A">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="55334D2A" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA41C09" w14:textId="2EA6C7AE" w:rsidR="00A7168D" w:rsidRDefault="00B34FCA" w:rsidP="00606303">
+          <w:p w14:paraId="4DA41C09" w14:textId="2EA6C7AE" w:rsidR="00A7168D" w:rsidRPr="00EF5594" w:rsidRDefault="00B34FCA" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000406CC">
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76898712" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="76898712" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34FFB838" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="34FFB838" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38FF4D7F" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="38FF4D7F" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74B88996" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="74B88996" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F371117" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="6F371117" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="068C8842" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="068C8842" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0BE40549" w14:textId="77777777" w:rsidR="0027352D" w:rsidRDefault="0027352D" w:rsidP="00606303">
+          <w:p w14:paraId="0BE40549" w14:textId="77777777" w:rsidR="0027352D" w:rsidRPr="00EF5594" w:rsidRDefault="0027352D" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5437A754" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="5437A754" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E34A88F" w14:textId="77777777" w:rsidR="00A7168D" w:rsidRDefault="00A7168D" w:rsidP="00E93821">
+          <w:p w14:paraId="4E34A88F" w14:textId="77777777" w:rsidR="00A7168D" w:rsidRPr="00EF5594" w:rsidRDefault="00A7168D" w:rsidP="00E93821">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581047" w14:paraId="2DDEA1F7" w14:textId="77777777" w:rsidTr="004B7421">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="001F222F" w14:paraId="2DDEA1F7" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="15215A6B" w14:textId="43C60AF0" w:rsidR="00581047" w:rsidRPr="00581047" w:rsidRDefault="003C1BB7" w:rsidP="000406CC">
+          <w:p w14:paraId="15215A6B" w14:textId="43C60AF0" w:rsidR="00581047" w:rsidRPr="00EF5594" w:rsidRDefault="003C1BB7" w:rsidP="000406CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="339" w:hanging="339"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="513DF902">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EF5594">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Additional information (optional).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2B81CE93" w14:textId="23B540EB" w:rsidR="00581047" w:rsidRDefault="003C1BB7" w:rsidP="000406CC">
+          <w:p w14:paraId="2B81CE93" w14:textId="7BBF4B48" w:rsidR="00581047" w:rsidRPr="001F222F" w:rsidRDefault="003C1BB7" w:rsidP="000406CC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="513DF902">
-[...5 lines deleted...]
-              <w:t>Please provide any additional information that you feel will support your application.</w:t>
+            <w:r w:rsidRPr="001F222F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please provide any additional information that will support your application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C1BB7" w14:paraId="1FEA3876" w14:textId="77777777" w:rsidTr="003C1BB7">
+      <w:tr w:rsidR="00CC25EC" w:rsidRPr="00EF5594" w14:paraId="1FEA3876" w14:textId="77777777" w:rsidTr="7BB016B5">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65FD6677" w14:textId="0DA5F422" w:rsidR="003C1BB7" w:rsidRDefault="003C1BB7" w:rsidP="00606303">
+          <w:p w14:paraId="65FD6677" w14:textId="0DA5F422" w:rsidR="003C1BB7" w:rsidRPr="00EF5594" w:rsidRDefault="003C1BB7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EF5594">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Response:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ED6B6EF" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="5ED6B6EF" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52FE71BD" w14:textId="77777777" w:rsidR="00606303" w:rsidRDefault="00606303" w:rsidP="00606303">
+          <w:p w14:paraId="52FE71BD" w14:textId="77777777" w:rsidR="00606303" w:rsidRPr="00EF5594" w:rsidRDefault="00606303" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76FAA03B" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="76FAA03B" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="024AC0F3" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRDefault="00510DE7" w:rsidP="00606303">
+          <w:p w14:paraId="024AC0F3" w14:textId="77777777" w:rsidR="00510DE7" w:rsidRPr="00EF5594" w:rsidRDefault="00510DE7" w:rsidP="00606303">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40A4EE12" w14:textId="77777777" w:rsidR="003C1BB7" w:rsidRDefault="003C1BB7" w:rsidP="004B7421">
+          <w:p w14:paraId="40A4EE12" w14:textId="77777777" w:rsidR="003C1BB7" w:rsidRPr="00EF5594" w:rsidRDefault="003C1BB7" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="560E914A" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="560E914A" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01DAD52D" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="01DAD52D" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4370B630" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="4370B630" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5FBBB081" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="5FBBB081" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C18A199" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="4C18A199" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57186F88" w14:textId="77777777" w:rsidR="004B7421" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="57186F88" w14:textId="77777777" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14691F80" w14:textId="4D7E0544" w:rsidR="004B7421" w:rsidRPr="513DF902" w:rsidRDefault="004B7421" w:rsidP="004B7421">
+          <w:p w14:paraId="14691F80" w14:textId="4D7E0544" w:rsidR="004B7421" w:rsidRPr="00EF5594" w:rsidRDefault="004B7421" w:rsidP="004B7421">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="740B92EF" w14:textId="5F889A0A" w:rsidR="20853E11" w:rsidRDefault="002F348C" w:rsidP="00EC6C85">
-[...174 lines deleted...]
-    <w:p w14:paraId="2780340E" w14:textId="1B18F07B" w:rsidR="003C1BB7" w:rsidRPr="003C1BB7" w:rsidRDefault="003C1BB7" w:rsidP="003C1BB7">
+    <w:p w14:paraId="2780340E" w14:textId="1B18F07B" w:rsidR="003C1BB7" w:rsidRPr="00EF5594" w:rsidRDefault="003C1BB7" w:rsidP="003C1BB7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003C1BB7" w:rsidRPr="003C1BB7" w:rsidSect="003C1BB7">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:sectPr w:rsidR="003C1BB7" w:rsidRPr="00EF5594" w:rsidSect="003C1BB7">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="605F59FB" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0" w:rsidP="004911B4">
+    <w:p w14:paraId="02BA6BE3" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37" w:rsidP="004911B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71316D41" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0" w:rsidP="004911B4">
+    <w:p w14:paraId="061D7CCE" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37" w:rsidP="004911B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FF2E20E" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0">
+    <w:p w14:paraId="06FAB85C" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3403,284 +5555,292 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1851752469"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5BC4400B" w14:textId="3D6F2601" w:rsidR="004911B4" w:rsidRPr="00597BE9" w:rsidRDefault="00597BE9" w:rsidP="00597BE9">
+      <w:p w14:paraId="580C34CB" w14:textId="77777777" w:rsidR="00FF70FF" w:rsidRDefault="00597BE9" w:rsidP="00597BE9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Community Workforce Response Grant Project Description</w:t>
         </w:r>
         <w:r w:rsidR="00A4444F" w:rsidRPr="009A356F">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="009770AA">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Form</w:t>
         </w:r>
         <w:r w:rsidR="002A791A">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Updated April 2025</w:t>
+          <w:t xml:space="preserve"> – Updated </w:t>
         </w:r>
-        <w:r w:rsidRPr="009A356F">
+        <w:r w:rsidR="00FF70FF">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:br/>
+          <w:t>March 2026</w:t>
         </w:r>
+      </w:p>
+      <w:p w14:paraId="5BC4400B" w14:textId="7EFD5754" w:rsidR="004911B4" w:rsidRPr="00597BE9" w:rsidRDefault="00734B37" w:rsidP="00597BE9">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00597BE9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00597BE9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A356F">
+            <w:r w:rsidR="00597BE9" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F735E5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64D6DC81" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0" w:rsidP="004911B4">
+    <w:p w14:paraId="3D9BFB4F" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37" w:rsidP="004911B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30FE7835" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0" w:rsidP="004911B4">
+    <w:p w14:paraId="67F27A78" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37" w:rsidP="004911B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6289AAE7" w14:textId="77777777" w:rsidR="008F17A0" w:rsidRDefault="008F17A0">
+    <w:p w14:paraId="341A1431" w14:textId="77777777" w:rsidR="00734B37" w:rsidRDefault="00734B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="30CA5D36" w14:textId="77777777" w:rsidR="007B7573" w:rsidRDefault="00062B9B" w:rsidP="0088701A">
+  <w:p w14:paraId="30CA5D36" w14:textId="6FD90B6E" w:rsidR="007B7573" w:rsidRDefault="00062B9B" w:rsidP="0088701A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6303"/>
       </w:tabs>
       <w:ind w:left="3600"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0018424D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CB2AC51" wp14:editId="4D01CA49">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-199156</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1596390" cy="624840"/>
           <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
           <wp:wrapNone/>
@@ -3713,54 +5873,54 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1596390" cy="624840"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00095A99">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="0088701A" w:rsidRPr="0088701A">
+    <w:r w:rsidR="2CDD938E" w:rsidRPr="0088701A">
       <w:t>Community Workforce Response Gran</w:t>
     </w:r>
-    <w:r w:rsidR="00FE612E">
+    <w:r w:rsidR="2CDD938E">
       <w:t>t</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="675155E6" w14:textId="7F3A40F6" w:rsidR="00B21D3C" w:rsidRDefault="0088701A" w:rsidP="004833F3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6303"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0088701A">
       <w:t>Project Description Form</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CE10FF0" w14:textId="77777777" w:rsidR="00095A99" w:rsidRDefault="00095A99" w:rsidP="00095A99">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6303"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -3860,50 +6020,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20848B7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65F62236"/>
+    <w:lvl w:ilvl="0" w:tplc="F4D401BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9E74708C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="32903A2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="84D4283E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="600AEF62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="09FC7744">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="11BA5A3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C72095D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2B9A053E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="208E4081"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D83AC3FA"/>
+    <w:lvl w:ilvl="0" w:tplc="C004EEF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="526" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DEAAC65C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1246" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2EFE4D86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1966" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7938D25C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2686" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D3922FDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3406" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D7F20878">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4126" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2BF60474">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4846" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="50A2BB52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5566" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DEA4D1FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6286" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707223EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08749940"/>
     <w:lvl w:ilvl="0" w:tplc="17C8936C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3974,51 +6360,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75F6338F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8BE89A4"/>
     <w:lvl w:ilvl="0" w:tplc="0DF23E4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4065,51 +6451,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="765B5945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D18211A"/>
     <w:lvl w:ilvl="0" w:tplc="27E4AD08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4179,402 +6565,1204 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79E231BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36E44130"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1057" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1777" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2497" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3217" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3937" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4657" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5377" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6097" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6817" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="305554959">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1862696732">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="827280978">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="36394739">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1683363450">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1226138848">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="596182361">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A57620"/>
+    <w:rsid w:val="00000944"/>
+    <w:rsid w:val="00001216"/>
     <w:rsid w:val="00014769"/>
+    <w:rsid w:val="00030999"/>
+    <w:rsid w:val="000317A8"/>
+    <w:rsid w:val="0003648B"/>
     <w:rsid w:val="000406CC"/>
+    <w:rsid w:val="000408C2"/>
+    <w:rsid w:val="00053B5B"/>
+    <w:rsid w:val="00055714"/>
+    <w:rsid w:val="00061118"/>
     <w:rsid w:val="00062B9B"/>
     <w:rsid w:val="00062E8E"/>
+    <w:rsid w:val="0006782F"/>
     <w:rsid w:val="00072307"/>
+    <w:rsid w:val="000834CF"/>
     <w:rsid w:val="00084A98"/>
+    <w:rsid w:val="00084D01"/>
+    <w:rsid w:val="00086DFF"/>
+    <w:rsid w:val="00093415"/>
+    <w:rsid w:val="00095735"/>
     <w:rsid w:val="00095A99"/>
     <w:rsid w:val="000963DE"/>
+    <w:rsid w:val="000A04E0"/>
     <w:rsid w:val="000A1C3B"/>
+    <w:rsid w:val="000A46E8"/>
     <w:rsid w:val="000A4FBC"/>
     <w:rsid w:val="000A7DB4"/>
+    <w:rsid w:val="000B18FD"/>
+    <w:rsid w:val="000B4F81"/>
+    <w:rsid w:val="000C4C81"/>
+    <w:rsid w:val="000D33AC"/>
+    <w:rsid w:val="000D36F3"/>
+    <w:rsid w:val="000D55BF"/>
+    <w:rsid w:val="000E33EA"/>
     <w:rsid w:val="000F295E"/>
+    <w:rsid w:val="000F33EC"/>
+    <w:rsid w:val="000F3D88"/>
+    <w:rsid w:val="00102512"/>
+    <w:rsid w:val="0010260D"/>
     <w:rsid w:val="00103A4E"/>
     <w:rsid w:val="00104938"/>
     <w:rsid w:val="00105BB2"/>
     <w:rsid w:val="001064EB"/>
     <w:rsid w:val="0010768F"/>
+    <w:rsid w:val="00111452"/>
+    <w:rsid w:val="001118F9"/>
+    <w:rsid w:val="0012080B"/>
+    <w:rsid w:val="001226EC"/>
     <w:rsid w:val="00122C43"/>
+    <w:rsid w:val="0013523E"/>
+    <w:rsid w:val="00143A01"/>
     <w:rsid w:val="00144475"/>
     <w:rsid w:val="00145CFC"/>
+    <w:rsid w:val="001500E6"/>
+    <w:rsid w:val="0015152C"/>
     <w:rsid w:val="00151923"/>
+    <w:rsid w:val="001615AD"/>
+    <w:rsid w:val="00164D06"/>
+    <w:rsid w:val="0016763C"/>
+    <w:rsid w:val="00172A1F"/>
     <w:rsid w:val="00175BC6"/>
+    <w:rsid w:val="00180E3B"/>
+    <w:rsid w:val="00183922"/>
     <w:rsid w:val="00185552"/>
+    <w:rsid w:val="00186588"/>
+    <w:rsid w:val="001A0DDF"/>
     <w:rsid w:val="001A3547"/>
     <w:rsid w:val="001A392A"/>
+    <w:rsid w:val="001A4743"/>
+    <w:rsid w:val="001A7CA6"/>
+    <w:rsid w:val="001B3E6D"/>
     <w:rsid w:val="001C65D5"/>
     <w:rsid w:val="001D6B0D"/>
+    <w:rsid w:val="001D6C42"/>
     <w:rsid w:val="001E28DC"/>
+    <w:rsid w:val="001E3051"/>
+    <w:rsid w:val="001E42A9"/>
+    <w:rsid w:val="001E7119"/>
+    <w:rsid w:val="001F06AC"/>
+    <w:rsid w:val="001F1F93"/>
+    <w:rsid w:val="001F222F"/>
     <w:rsid w:val="001F3EE7"/>
+    <w:rsid w:val="00203EF9"/>
     <w:rsid w:val="00206864"/>
+    <w:rsid w:val="00210776"/>
+    <w:rsid w:val="002128F2"/>
+    <w:rsid w:val="002138CE"/>
+    <w:rsid w:val="00213BA6"/>
+    <w:rsid w:val="0021659E"/>
     <w:rsid w:val="00222A7D"/>
+    <w:rsid w:val="00222E7F"/>
     <w:rsid w:val="00224995"/>
+    <w:rsid w:val="00227627"/>
+    <w:rsid w:val="002303C9"/>
+    <w:rsid w:val="002339DF"/>
     <w:rsid w:val="00234330"/>
     <w:rsid w:val="002368F4"/>
+    <w:rsid w:val="00241C03"/>
+    <w:rsid w:val="00242E50"/>
+    <w:rsid w:val="00244A55"/>
     <w:rsid w:val="00245BF5"/>
+    <w:rsid w:val="0025725B"/>
+    <w:rsid w:val="00257AA2"/>
     <w:rsid w:val="0026010C"/>
     <w:rsid w:val="00261964"/>
+    <w:rsid w:val="00266E94"/>
     <w:rsid w:val="002674E5"/>
     <w:rsid w:val="0027352D"/>
+    <w:rsid w:val="00291A08"/>
     <w:rsid w:val="00291EE4"/>
+    <w:rsid w:val="002A1443"/>
+    <w:rsid w:val="002A50A2"/>
     <w:rsid w:val="002A791A"/>
+    <w:rsid w:val="002B0308"/>
     <w:rsid w:val="002B4184"/>
+    <w:rsid w:val="002C053F"/>
+    <w:rsid w:val="002C2E77"/>
+    <w:rsid w:val="002C4518"/>
+    <w:rsid w:val="002C697B"/>
+    <w:rsid w:val="002C6B5D"/>
     <w:rsid w:val="002E0F90"/>
+    <w:rsid w:val="002E22E6"/>
+    <w:rsid w:val="002E268A"/>
     <w:rsid w:val="002E7467"/>
     <w:rsid w:val="002E7A53"/>
+    <w:rsid w:val="002F06B2"/>
+    <w:rsid w:val="002F2553"/>
     <w:rsid w:val="002F348C"/>
+    <w:rsid w:val="002F3EC6"/>
     <w:rsid w:val="002F49A2"/>
+    <w:rsid w:val="002F7E8B"/>
+    <w:rsid w:val="00302E18"/>
+    <w:rsid w:val="00306F12"/>
+    <w:rsid w:val="0031080B"/>
+    <w:rsid w:val="003130D9"/>
+    <w:rsid w:val="00313B87"/>
+    <w:rsid w:val="00320571"/>
     <w:rsid w:val="0032118D"/>
+    <w:rsid w:val="003253C9"/>
+    <w:rsid w:val="00327E9A"/>
+    <w:rsid w:val="0033441F"/>
+    <w:rsid w:val="00334C37"/>
+    <w:rsid w:val="003363FF"/>
     <w:rsid w:val="00340449"/>
+    <w:rsid w:val="00340E83"/>
+    <w:rsid w:val="00342E39"/>
+    <w:rsid w:val="00346BB7"/>
+    <w:rsid w:val="00360C33"/>
+    <w:rsid w:val="00373E93"/>
     <w:rsid w:val="00375BC9"/>
+    <w:rsid w:val="00376B05"/>
+    <w:rsid w:val="00383936"/>
+    <w:rsid w:val="003924A1"/>
     <w:rsid w:val="003962A8"/>
+    <w:rsid w:val="003A4F2C"/>
     <w:rsid w:val="003A5E01"/>
     <w:rsid w:val="003A6E5F"/>
+    <w:rsid w:val="003B0A9B"/>
     <w:rsid w:val="003B173D"/>
     <w:rsid w:val="003B241A"/>
+    <w:rsid w:val="003B3656"/>
+    <w:rsid w:val="003B3E66"/>
+    <w:rsid w:val="003B51C4"/>
     <w:rsid w:val="003C102F"/>
+    <w:rsid w:val="003C1349"/>
     <w:rsid w:val="003C1677"/>
     <w:rsid w:val="003C1BB7"/>
     <w:rsid w:val="003C4DF7"/>
+    <w:rsid w:val="003D0E79"/>
+    <w:rsid w:val="003D10BA"/>
+    <w:rsid w:val="003D5806"/>
+    <w:rsid w:val="003D5E97"/>
     <w:rsid w:val="003E4392"/>
+    <w:rsid w:val="003F0792"/>
+    <w:rsid w:val="003F0CD5"/>
     <w:rsid w:val="003F2C6D"/>
     <w:rsid w:val="003F634F"/>
     <w:rsid w:val="00404801"/>
     <w:rsid w:val="004052B5"/>
+    <w:rsid w:val="00410CF3"/>
+    <w:rsid w:val="004111B8"/>
     <w:rsid w:val="00412649"/>
     <w:rsid w:val="0041715F"/>
+    <w:rsid w:val="00425E3D"/>
     <w:rsid w:val="00426837"/>
     <w:rsid w:val="0043165E"/>
+    <w:rsid w:val="0043623A"/>
     <w:rsid w:val="004446D2"/>
+    <w:rsid w:val="004455AF"/>
+    <w:rsid w:val="00445BFD"/>
+    <w:rsid w:val="004600D5"/>
+    <w:rsid w:val="00464BCB"/>
     <w:rsid w:val="004666F9"/>
+    <w:rsid w:val="004679ED"/>
+    <w:rsid w:val="00472E0A"/>
+    <w:rsid w:val="00477AC7"/>
     <w:rsid w:val="004833F3"/>
+    <w:rsid w:val="00483A3B"/>
+    <w:rsid w:val="0048506B"/>
     <w:rsid w:val="004911B4"/>
+    <w:rsid w:val="00492CB3"/>
+    <w:rsid w:val="004945A2"/>
     <w:rsid w:val="00495292"/>
     <w:rsid w:val="004973DD"/>
+    <w:rsid w:val="004A3C81"/>
+    <w:rsid w:val="004A518A"/>
+    <w:rsid w:val="004A6CF5"/>
+    <w:rsid w:val="004A7EA5"/>
+    <w:rsid w:val="004A7F23"/>
     <w:rsid w:val="004B7421"/>
+    <w:rsid w:val="004C5D33"/>
+    <w:rsid w:val="004C742A"/>
+    <w:rsid w:val="004E0877"/>
     <w:rsid w:val="004E4B99"/>
+    <w:rsid w:val="004E641B"/>
+    <w:rsid w:val="004F2831"/>
     <w:rsid w:val="004F3C26"/>
+    <w:rsid w:val="004F487D"/>
+    <w:rsid w:val="004F7CA9"/>
+    <w:rsid w:val="00502A85"/>
+    <w:rsid w:val="00503D10"/>
+    <w:rsid w:val="00503E12"/>
+    <w:rsid w:val="00507D26"/>
     <w:rsid w:val="00510DE7"/>
+    <w:rsid w:val="005120CF"/>
+    <w:rsid w:val="00525208"/>
+    <w:rsid w:val="00527039"/>
+    <w:rsid w:val="00530BD8"/>
     <w:rsid w:val="00531E2F"/>
+    <w:rsid w:val="00535FAC"/>
+    <w:rsid w:val="00537FDF"/>
+    <w:rsid w:val="00550CD2"/>
+    <w:rsid w:val="00552D6A"/>
     <w:rsid w:val="0055306B"/>
     <w:rsid w:val="00553969"/>
     <w:rsid w:val="00557DFA"/>
+    <w:rsid w:val="00560188"/>
     <w:rsid w:val="00560EFC"/>
+    <w:rsid w:val="005640B3"/>
+    <w:rsid w:val="0056577E"/>
+    <w:rsid w:val="005657D0"/>
+    <w:rsid w:val="0056725F"/>
+    <w:rsid w:val="00572960"/>
     <w:rsid w:val="00581047"/>
+    <w:rsid w:val="005813C4"/>
+    <w:rsid w:val="00581A57"/>
     <w:rsid w:val="00582556"/>
+    <w:rsid w:val="005839B0"/>
+    <w:rsid w:val="0058772B"/>
+    <w:rsid w:val="00595429"/>
     <w:rsid w:val="00597BE9"/>
     <w:rsid w:val="005C0D7B"/>
+    <w:rsid w:val="005C2019"/>
+    <w:rsid w:val="005C3A7F"/>
     <w:rsid w:val="005C5963"/>
+    <w:rsid w:val="005D3537"/>
+    <w:rsid w:val="005E30C3"/>
+    <w:rsid w:val="005E3ACA"/>
+    <w:rsid w:val="005E5021"/>
     <w:rsid w:val="005F1C5E"/>
+    <w:rsid w:val="005F2782"/>
+    <w:rsid w:val="005F3656"/>
+    <w:rsid w:val="005F4B5C"/>
     <w:rsid w:val="00606303"/>
     <w:rsid w:val="00607C9B"/>
+    <w:rsid w:val="00610056"/>
+    <w:rsid w:val="006108C9"/>
+    <w:rsid w:val="00615297"/>
+    <w:rsid w:val="0061745D"/>
     <w:rsid w:val="00617FC3"/>
+    <w:rsid w:val="00620557"/>
     <w:rsid w:val="006215D5"/>
+    <w:rsid w:val="00622F21"/>
+    <w:rsid w:val="00622F4C"/>
+    <w:rsid w:val="006231AA"/>
     <w:rsid w:val="00623AE7"/>
+    <w:rsid w:val="00630B87"/>
+    <w:rsid w:val="00634C2A"/>
+    <w:rsid w:val="0063733C"/>
+    <w:rsid w:val="00637720"/>
+    <w:rsid w:val="006414A3"/>
     <w:rsid w:val="00647437"/>
+    <w:rsid w:val="00647A92"/>
     <w:rsid w:val="00652041"/>
     <w:rsid w:val="00667F1A"/>
     <w:rsid w:val="00674705"/>
+    <w:rsid w:val="00684C0F"/>
+    <w:rsid w:val="0069254E"/>
     <w:rsid w:val="006948A4"/>
+    <w:rsid w:val="006A0B47"/>
+    <w:rsid w:val="006A2AB1"/>
     <w:rsid w:val="006A4FB1"/>
     <w:rsid w:val="006A5BCE"/>
+    <w:rsid w:val="006B0B9B"/>
+    <w:rsid w:val="006B5C46"/>
     <w:rsid w:val="006C014C"/>
     <w:rsid w:val="006C0DC8"/>
+    <w:rsid w:val="006C179E"/>
+    <w:rsid w:val="006C4CB3"/>
+    <w:rsid w:val="006C64C7"/>
+    <w:rsid w:val="006D3853"/>
+    <w:rsid w:val="006E3058"/>
     <w:rsid w:val="006E4187"/>
+    <w:rsid w:val="006F113B"/>
+    <w:rsid w:val="006F4952"/>
     <w:rsid w:val="006F5156"/>
     <w:rsid w:val="007100A8"/>
+    <w:rsid w:val="007160E0"/>
+    <w:rsid w:val="007221B3"/>
     <w:rsid w:val="00724798"/>
     <w:rsid w:val="00730BE4"/>
+    <w:rsid w:val="007312F3"/>
+    <w:rsid w:val="00734B37"/>
     <w:rsid w:val="007459AE"/>
+    <w:rsid w:val="0075017E"/>
+    <w:rsid w:val="00751284"/>
+    <w:rsid w:val="00764D01"/>
+    <w:rsid w:val="00766F00"/>
+    <w:rsid w:val="0077074D"/>
     <w:rsid w:val="00772E93"/>
+    <w:rsid w:val="00777107"/>
     <w:rsid w:val="00777A8D"/>
+    <w:rsid w:val="00780324"/>
+    <w:rsid w:val="00784EDC"/>
+    <w:rsid w:val="007912A9"/>
+    <w:rsid w:val="00791DF7"/>
+    <w:rsid w:val="00794AD6"/>
+    <w:rsid w:val="0079543D"/>
+    <w:rsid w:val="007966EB"/>
+    <w:rsid w:val="007A48F9"/>
+    <w:rsid w:val="007B706C"/>
     <w:rsid w:val="007B7573"/>
+    <w:rsid w:val="007C1CE8"/>
+    <w:rsid w:val="007C3680"/>
+    <w:rsid w:val="007C6A3D"/>
+    <w:rsid w:val="007D1AFF"/>
+    <w:rsid w:val="007D4283"/>
+    <w:rsid w:val="007D5E3A"/>
+    <w:rsid w:val="007E27D0"/>
     <w:rsid w:val="007E41D3"/>
     <w:rsid w:val="008051FA"/>
+    <w:rsid w:val="0080584B"/>
+    <w:rsid w:val="00810315"/>
     <w:rsid w:val="00810767"/>
+    <w:rsid w:val="00816764"/>
+    <w:rsid w:val="00820940"/>
     <w:rsid w:val="00825593"/>
+    <w:rsid w:val="00825BC9"/>
+    <w:rsid w:val="00827792"/>
+    <w:rsid w:val="008353A3"/>
+    <w:rsid w:val="0083734F"/>
+    <w:rsid w:val="00843FED"/>
     <w:rsid w:val="00845354"/>
+    <w:rsid w:val="00853E39"/>
+    <w:rsid w:val="00856212"/>
+    <w:rsid w:val="00861841"/>
+    <w:rsid w:val="008718A1"/>
     <w:rsid w:val="00882EB0"/>
+    <w:rsid w:val="00883CF3"/>
+    <w:rsid w:val="00884BD8"/>
     <w:rsid w:val="0088701A"/>
     <w:rsid w:val="008874F7"/>
     <w:rsid w:val="00895B20"/>
     <w:rsid w:val="00895D50"/>
+    <w:rsid w:val="008A1DAE"/>
+    <w:rsid w:val="008B4C93"/>
     <w:rsid w:val="008C19A5"/>
+    <w:rsid w:val="008C1D4B"/>
+    <w:rsid w:val="008C6C32"/>
+    <w:rsid w:val="008C6E8F"/>
+    <w:rsid w:val="008D0EC7"/>
+    <w:rsid w:val="008D25EF"/>
     <w:rsid w:val="008D27BB"/>
+    <w:rsid w:val="008D69A2"/>
+    <w:rsid w:val="008D6E0F"/>
     <w:rsid w:val="008E22CE"/>
     <w:rsid w:val="008F17A0"/>
+    <w:rsid w:val="008F4C96"/>
+    <w:rsid w:val="008F5595"/>
     <w:rsid w:val="008F5DDD"/>
+    <w:rsid w:val="008F5E63"/>
+    <w:rsid w:val="0090403B"/>
+    <w:rsid w:val="009045F7"/>
+    <w:rsid w:val="009171B3"/>
+    <w:rsid w:val="00925018"/>
+    <w:rsid w:val="0092556D"/>
+    <w:rsid w:val="00925893"/>
+    <w:rsid w:val="0093173B"/>
     <w:rsid w:val="00933CBC"/>
+    <w:rsid w:val="0093780C"/>
+    <w:rsid w:val="00942AE7"/>
+    <w:rsid w:val="00942E32"/>
+    <w:rsid w:val="00952525"/>
+    <w:rsid w:val="00954013"/>
+    <w:rsid w:val="009542B3"/>
+    <w:rsid w:val="009558C1"/>
+    <w:rsid w:val="00960928"/>
+    <w:rsid w:val="009636FA"/>
     <w:rsid w:val="009770AA"/>
+    <w:rsid w:val="00980ADF"/>
+    <w:rsid w:val="00987111"/>
+    <w:rsid w:val="00994E2F"/>
+    <w:rsid w:val="009B1869"/>
+    <w:rsid w:val="009B2046"/>
+    <w:rsid w:val="009B71CA"/>
+    <w:rsid w:val="009D5A69"/>
     <w:rsid w:val="009E14C6"/>
+    <w:rsid w:val="009E1AD0"/>
+    <w:rsid w:val="009E4ED5"/>
+    <w:rsid w:val="009E7E2E"/>
+    <w:rsid w:val="009F1219"/>
+    <w:rsid w:val="009F218E"/>
     <w:rsid w:val="009F7335"/>
+    <w:rsid w:val="009F75B1"/>
     <w:rsid w:val="00A01BBA"/>
+    <w:rsid w:val="00A0762B"/>
     <w:rsid w:val="00A10298"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A20AE9"/>
     <w:rsid w:val="00A20DD2"/>
+    <w:rsid w:val="00A22AA2"/>
+    <w:rsid w:val="00A236A8"/>
+    <w:rsid w:val="00A244EA"/>
     <w:rsid w:val="00A24F08"/>
+    <w:rsid w:val="00A26376"/>
+    <w:rsid w:val="00A329E3"/>
+    <w:rsid w:val="00A33059"/>
+    <w:rsid w:val="00A337BD"/>
+    <w:rsid w:val="00A36E67"/>
+    <w:rsid w:val="00A43263"/>
     <w:rsid w:val="00A4444F"/>
+    <w:rsid w:val="00A4494D"/>
+    <w:rsid w:val="00A501F7"/>
     <w:rsid w:val="00A51F08"/>
     <w:rsid w:val="00A57620"/>
     <w:rsid w:val="00A62529"/>
     <w:rsid w:val="00A62B3D"/>
     <w:rsid w:val="00A651B2"/>
+    <w:rsid w:val="00A658FD"/>
     <w:rsid w:val="00A66653"/>
+    <w:rsid w:val="00A66E2B"/>
+    <w:rsid w:val="00A70FE7"/>
+    <w:rsid w:val="00A7141B"/>
     <w:rsid w:val="00A7168D"/>
+    <w:rsid w:val="00A760D4"/>
+    <w:rsid w:val="00A82700"/>
+    <w:rsid w:val="00A9059C"/>
+    <w:rsid w:val="00A91598"/>
+    <w:rsid w:val="00A927AE"/>
+    <w:rsid w:val="00A9472D"/>
+    <w:rsid w:val="00A9492D"/>
+    <w:rsid w:val="00A9514B"/>
     <w:rsid w:val="00A96297"/>
     <w:rsid w:val="00A9642F"/>
+    <w:rsid w:val="00AA3F85"/>
+    <w:rsid w:val="00AA455C"/>
+    <w:rsid w:val="00AA4BA3"/>
+    <w:rsid w:val="00AA64B5"/>
+    <w:rsid w:val="00AA796E"/>
     <w:rsid w:val="00AA7BDC"/>
+    <w:rsid w:val="00AB23B6"/>
+    <w:rsid w:val="00AB4B54"/>
+    <w:rsid w:val="00AC0493"/>
     <w:rsid w:val="00AC1364"/>
+    <w:rsid w:val="00AC418A"/>
+    <w:rsid w:val="00AC5936"/>
+    <w:rsid w:val="00AC6CC4"/>
+    <w:rsid w:val="00AD0AFA"/>
+    <w:rsid w:val="00AD17BA"/>
     <w:rsid w:val="00AD2B0B"/>
+    <w:rsid w:val="00AD4485"/>
+    <w:rsid w:val="00AD4725"/>
     <w:rsid w:val="00AE2434"/>
     <w:rsid w:val="00AE6BA0"/>
     <w:rsid w:val="00AE6C97"/>
     <w:rsid w:val="00AE79DE"/>
+    <w:rsid w:val="00AF0169"/>
+    <w:rsid w:val="00AF05CA"/>
+    <w:rsid w:val="00AF19CD"/>
+    <w:rsid w:val="00AF2007"/>
     <w:rsid w:val="00AF3F7F"/>
     <w:rsid w:val="00AF678F"/>
+    <w:rsid w:val="00AF6FA2"/>
+    <w:rsid w:val="00AF75D5"/>
+    <w:rsid w:val="00B0288A"/>
     <w:rsid w:val="00B04BD5"/>
+    <w:rsid w:val="00B05B09"/>
+    <w:rsid w:val="00B07B59"/>
+    <w:rsid w:val="00B07F33"/>
+    <w:rsid w:val="00B15C14"/>
+    <w:rsid w:val="00B16752"/>
+    <w:rsid w:val="00B203D3"/>
     <w:rsid w:val="00B21D3C"/>
+    <w:rsid w:val="00B225AC"/>
+    <w:rsid w:val="00B23C2D"/>
+    <w:rsid w:val="00B240AF"/>
     <w:rsid w:val="00B26214"/>
     <w:rsid w:val="00B34FCA"/>
     <w:rsid w:val="00B360CA"/>
+    <w:rsid w:val="00B3628B"/>
+    <w:rsid w:val="00B364AF"/>
+    <w:rsid w:val="00B40848"/>
     <w:rsid w:val="00B40F23"/>
     <w:rsid w:val="00B51BC0"/>
     <w:rsid w:val="00B528C4"/>
+    <w:rsid w:val="00B5744B"/>
     <w:rsid w:val="00B63219"/>
     <w:rsid w:val="00B70D0A"/>
+    <w:rsid w:val="00B7123E"/>
     <w:rsid w:val="00B74320"/>
+    <w:rsid w:val="00B74875"/>
     <w:rsid w:val="00B753C0"/>
+    <w:rsid w:val="00B77671"/>
     <w:rsid w:val="00B83FC0"/>
+    <w:rsid w:val="00B849E1"/>
+    <w:rsid w:val="00B90BBD"/>
+    <w:rsid w:val="00B90CC9"/>
+    <w:rsid w:val="00B92C66"/>
+    <w:rsid w:val="00B94EFF"/>
+    <w:rsid w:val="00B97BDD"/>
+    <w:rsid w:val="00BA39B7"/>
+    <w:rsid w:val="00BA6803"/>
+    <w:rsid w:val="00BA73E7"/>
+    <w:rsid w:val="00BB6172"/>
     <w:rsid w:val="00BB6FF4"/>
+    <w:rsid w:val="00BC7022"/>
     <w:rsid w:val="00BD393C"/>
+    <w:rsid w:val="00BD57C1"/>
+    <w:rsid w:val="00BE4700"/>
     <w:rsid w:val="00BE5303"/>
+    <w:rsid w:val="00BF2202"/>
     <w:rsid w:val="00BF3327"/>
+    <w:rsid w:val="00BF6F4A"/>
+    <w:rsid w:val="00BF7007"/>
+    <w:rsid w:val="00C0132C"/>
     <w:rsid w:val="00C01483"/>
     <w:rsid w:val="00C04588"/>
+    <w:rsid w:val="00C0691B"/>
+    <w:rsid w:val="00C1300E"/>
     <w:rsid w:val="00C23CEE"/>
+    <w:rsid w:val="00C3463C"/>
+    <w:rsid w:val="00C34911"/>
+    <w:rsid w:val="00C35BFF"/>
     <w:rsid w:val="00C35CB8"/>
     <w:rsid w:val="00C361FD"/>
+    <w:rsid w:val="00C36A73"/>
+    <w:rsid w:val="00C36E8B"/>
+    <w:rsid w:val="00C42974"/>
+    <w:rsid w:val="00C43C46"/>
+    <w:rsid w:val="00C459A8"/>
+    <w:rsid w:val="00C45DC9"/>
     <w:rsid w:val="00C50567"/>
+    <w:rsid w:val="00C50771"/>
+    <w:rsid w:val="00C523C4"/>
     <w:rsid w:val="00C53EAF"/>
+    <w:rsid w:val="00C53EFD"/>
+    <w:rsid w:val="00C55BDD"/>
     <w:rsid w:val="00C55D76"/>
+    <w:rsid w:val="00C563A6"/>
+    <w:rsid w:val="00C644DD"/>
+    <w:rsid w:val="00C70D22"/>
+    <w:rsid w:val="00C716D6"/>
+    <w:rsid w:val="00C71D83"/>
+    <w:rsid w:val="00C7601C"/>
     <w:rsid w:val="00C81418"/>
+    <w:rsid w:val="00C83A31"/>
+    <w:rsid w:val="00C8470D"/>
     <w:rsid w:val="00C86E51"/>
+    <w:rsid w:val="00C87AA6"/>
+    <w:rsid w:val="00C87D13"/>
+    <w:rsid w:val="00C91D84"/>
     <w:rsid w:val="00C9653E"/>
+    <w:rsid w:val="00C97328"/>
+    <w:rsid w:val="00CA3398"/>
     <w:rsid w:val="00CA4483"/>
+    <w:rsid w:val="00CA7B01"/>
+    <w:rsid w:val="00CB2D68"/>
+    <w:rsid w:val="00CB3BF2"/>
+    <w:rsid w:val="00CB7E52"/>
+    <w:rsid w:val="00CC0878"/>
+    <w:rsid w:val="00CC22FD"/>
+    <w:rsid w:val="00CC25EC"/>
     <w:rsid w:val="00CC4955"/>
     <w:rsid w:val="00CC697F"/>
+    <w:rsid w:val="00CD0EA6"/>
+    <w:rsid w:val="00CD2212"/>
+    <w:rsid w:val="00CD3963"/>
+    <w:rsid w:val="00CD65BA"/>
+    <w:rsid w:val="00CD7294"/>
     <w:rsid w:val="00CD7368"/>
+    <w:rsid w:val="00CE1FBD"/>
     <w:rsid w:val="00CE2B7C"/>
+    <w:rsid w:val="00CE30D4"/>
+    <w:rsid w:val="00CF10C6"/>
+    <w:rsid w:val="00CF501E"/>
+    <w:rsid w:val="00CF690C"/>
+    <w:rsid w:val="00CF72B7"/>
+    <w:rsid w:val="00CF7D0E"/>
+    <w:rsid w:val="00D01E0A"/>
     <w:rsid w:val="00D05373"/>
+    <w:rsid w:val="00D0642C"/>
     <w:rsid w:val="00D13709"/>
     <w:rsid w:val="00D14E3E"/>
+    <w:rsid w:val="00D20157"/>
+    <w:rsid w:val="00D2022D"/>
     <w:rsid w:val="00D206FA"/>
+    <w:rsid w:val="00D21B88"/>
     <w:rsid w:val="00D2478D"/>
+    <w:rsid w:val="00D27CAB"/>
+    <w:rsid w:val="00D31CF5"/>
+    <w:rsid w:val="00D34E8F"/>
     <w:rsid w:val="00D360EA"/>
+    <w:rsid w:val="00D4046F"/>
+    <w:rsid w:val="00D40D18"/>
+    <w:rsid w:val="00D40F7A"/>
+    <w:rsid w:val="00D570E2"/>
+    <w:rsid w:val="00D605F4"/>
     <w:rsid w:val="00D673FD"/>
+    <w:rsid w:val="00D70826"/>
     <w:rsid w:val="00D71919"/>
+    <w:rsid w:val="00D763EC"/>
+    <w:rsid w:val="00D806D1"/>
     <w:rsid w:val="00D81511"/>
     <w:rsid w:val="00D82A75"/>
+    <w:rsid w:val="00D82D72"/>
     <w:rsid w:val="00D86556"/>
+    <w:rsid w:val="00D8748E"/>
+    <w:rsid w:val="00D91AD3"/>
+    <w:rsid w:val="00D9237D"/>
     <w:rsid w:val="00DA0DC5"/>
+    <w:rsid w:val="00DA10B1"/>
+    <w:rsid w:val="00DA2DE9"/>
     <w:rsid w:val="00DA5F17"/>
+    <w:rsid w:val="00DA619E"/>
+    <w:rsid w:val="00DB5305"/>
+    <w:rsid w:val="00DB6B66"/>
+    <w:rsid w:val="00DC21C2"/>
+    <w:rsid w:val="00DC7D73"/>
+    <w:rsid w:val="00DD1F0E"/>
+    <w:rsid w:val="00DD51C9"/>
     <w:rsid w:val="00DD5ACE"/>
+    <w:rsid w:val="00DD7B75"/>
     <w:rsid w:val="00DE2A27"/>
+    <w:rsid w:val="00DE77AB"/>
     <w:rsid w:val="00DF0995"/>
+    <w:rsid w:val="00DF148F"/>
+    <w:rsid w:val="00DF5787"/>
     <w:rsid w:val="00DF7FE4"/>
+    <w:rsid w:val="00E048A9"/>
     <w:rsid w:val="00E058E7"/>
+    <w:rsid w:val="00E059C0"/>
+    <w:rsid w:val="00E0673E"/>
     <w:rsid w:val="00E07566"/>
     <w:rsid w:val="00E07A51"/>
+    <w:rsid w:val="00E11FE7"/>
+    <w:rsid w:val="00E166E5"/>
+    <w:rsid w:val="00E262E8"/>
+    <w:rsid w:val="00E2757D"/>
+    <w:rsid w:val="00E304D6"/>
+    <w:rsid w:val="00E333C3"/>
     <w:rsid w:val="00E346AC"/>
+    <w:rsid w:val="00E34E61"/>
+    <w:rsid w:val="00E36B19"/>
     <w:rsid w:val="00E404EB"/>
     <w:rsid w:val="00E4114A"/>
+    <w:rsid w:val="00E43DC5"/>
     <w:rsid w:val="00E509D2"/>
     <w:rsid w:val="00E5722B"/>
+    <w:rsid w:val="00E57A9D"/>
+    <w:rsid w:val="00E57F36"/>
     <w:rsid w:val="00E63B22"/>
+    <w:rsid w:val="00E648F2"/>
+    <w:rsid w:val="00E651E5"/>
+    <w:rsid w:val="00E80AC2"/>
     <w:rsid w:val="00E84898"/>
+    <w:rsid w:val="00E91CB2"/>
     <w:rsid w:val="00E93821"/>
+    <w:rsid w:val="00E943AB"/>
+    <w:rsid w:val="00EA288A"/>
+    <w:rsid w:val="00EA46C2"/>
+    <w:rsid w:val="00EB2EDA"/>
+    <w:rsid w:val="00EB41CD"/>
     <w:rsid w:val="00EC0C65"/>
     <w:rsid w:val="00EC3B60"/>
     <w:rsid w:val="00EC4D58"/>
     <w:rsid w:val="00EC6C85"/>
+    <w:rsid w:val="00EC6F0E"/>
+    <w:rsid w:val="00ED0D70"/>
+    <w:rsid w:val="00ED262F"/>
+    <w:rsid w:val="00ED789A"/>
+    <w:rsid w:val="00EE5D8E"/>
+    <w:rsid w:val="00EF2526"/>
+    <w:rsid w:val="00EF3E78"/>
+    <w:rsid w:val="00EF3EE6"/>
+    <w:rsid w:val="00EF51A3"/>
+    <w:rsid w:val="00EF5594"/>
+    <w:rsid w:val="00EF5CC3"/>
+    <w:rsid w:val="00EF7041"/>
     <w:rsid w:val="00F1424B"/>
+    <w:rsid w:val="00F21D03"/>
     <w:rsid w:val="00F253A7"/>
     <w:rsid w:val="00F268C1"/>
+    <w:rsid w:val="00F3058A"/>
+    <w:rsid w:val="00F36034"/>
     <w:rsid w:val="00F41697"/>
+    <w:rsid w:val="00F43D04"/>
+    <w:rsid w:val="00F47E3F"/>
+    <w:rsid w:val="00F53F2C"/>
     <w:rsid w:val="00F55575"/>
     <w:rsid w:val="00F61792"/>
+    <w:rsid w:val="00F70565"/>
     <w:rsid w:val="00F735E5"/>
+    <w:rsid w:val="00F73E6D"/>
+    <w:rsid w:val="00F74C50"/>
+    <w:rsid w:val="00F7565C"/>
+    <w:rsid w:val="00F80A8C"/>
     <w:rsid w:val="00F812A5"/>
+    <w:rsid w:val="00F93328"/>
+    <w:rsid w:val="00F94868"/>
+    <w:rsid w:val="00F95A81"/>
+    <w:rsid w:val="00F95CFE"/>
+    <w:rsid w:val="00FA1F29"/>
     <w:rsid w:val="00FA779D"/>
+    <w:rsid w:val="00FB0C00"/>
     <w:rsid w:val="00FB2ABF"/>
+    <w:rsid w:val="00FB3260"/>
+    <w:rsid w:val="00FB6E2C"/>
     <w:rsid w:val="00FB7595"/>
     <w:rsid w:val="00FC0C5E"/>
     <w:rsid w:val="00FC6EEB"/>
     <w:rsid w:val="00FE612E"/>
+    <w:rsid w:val="00FF49F8"/>
+    <w:rsid w:val="00FF4BAD"/>
+    <w:rsid w:val="00FF5E5F"/>
+    <w:rsid w:val="00FF6D22"/>
+    <w:rsid w:val="00FF70FF"/>
+    <w:rsid w:val="01232728"/>
+    <w:rsid w:val="01E3B936"/>
+    <w:rsid w:val="02737192"/>
+    <w:rsid w:val="027B1444"/>
+    <w:rsid w:val="0334FBDE"/>
+    <w:rsid w:val="0368D796"/>
+    <w:rsid w:val="03B08EBB"/>
+    <w:rsid w:val="03DF46ED"/>
+    <w:rsid w:val="0422E311"/>
+    <w:rsid w:val="04F4FAAE"/>
+    <w:rsid w:val="05102711"/>
     <w:rsid w:val="05590C93"/>
     <w:rsid w:val="069583A6"/>
+    <w:rsid w:val="0707A14B"/>
+    <w:rsid w:val="07C6E57C"/>
+    <w:rsid w:val="08F142D6"/>
     <w:rsid w:val="0BB58BA4"/>
+    <w:rsid w:val="0CEB5090"/>
+    <w:rsid w:val="0D70C6E8"/>
+    <w:rsid w:val="0D800E20"/>
+    <w:rsid w:val="0E138577"/>
+    <w:rsid w:val="0EDCF3AB"/>
+    <w:rsid w:val="0F6687A0"/>
+    <w:rsid w:val="10E3A1A0"/>
+    <w:rsid w:val="110829A5"/>
+    <w:rsid w:val="111A8B91"/>
+    <w:rsid w:val="11C1BCDD"/>
+    <w:rsid w:val="11D500F1"/>
     <w:rsid w:val="1214050B"/>
+    <w:rsid w:val="1237D0BB"/>
     <w:rsid w:val="12563896"/>
+    <w:rsid w:val="129A369F"/>
+    <w:rsid w:val="12ADCC5D"/>
+    <w:rsid w:val="14B9BB1B"/>
+    <w:rsid w:val="155A7B2C"/>
+    <w:rsid w:val="168A8A08"/>
     <w:rsid w:val="18389661"/>
+    <w:rsid w:val="1940CEBF"/>
+    <w:rsid w:val="19F973F9"/>
+    <w:rsid w:val="1A91D152"/>
+    <w:rsid w:val="1B9B5D3E"/>
+    <w:rsid w:val="1C6CB07B"/>
+    <w:rsid w:val="1CFE7EF3"/>
+    <w:rsid w:val="1D78FE48"/>
+    <w:rsid w:val="1D799312"/>
+    <w:rsid w:val="1DD41E13"/>
+    <w:rsid w:val="1DD7A90E"/>
+    <w:rsid w:val="1DE57612"/>
+    <w:rsid w:val="1E959E6D"/>
+    <w:rsid w:val="1F171BD2"/>
+    <w:rsid w:val="201E8B90"/>
     <w:rsid w:val="20853E11"/>
+    <w:rsid w:val="214FCD71"/>
+    <w:rsid w:val="2260F7F2"/>
+    <w:rsid w:val="22CE67FD"/>
+    <w:rsid w:val="22FCE306"/>
     <w:rsid w:val="232867A8"/>
+    <w:rsid w:val="23939757"/>
     <w:rsid w:val="239FED5E"/>
+    <w:rsid w:val="23AD4199"/>
     <w:rsid w:val="23BA40F2"/>
+    <w:rsid w:val="24A94861"/>
+    <w:rsid w:val="25BACEAE"/>
     <w:rsid w:val="2709BD2A"/>
+    <w:rsid w:val="27E0AD5F"/>
     <w:rsid w:val="28090CA5"/>
+    <w:rsid w:val="2974A4ED"/>
+    <w:rsid w:val="2A9FDE27"/>
     <w:rsid w:val="2ABA89A8"/>
+    <w:rsid w:val="2B7F98A5"/>
+    <w:rsid w:val="2CD48666"/>
+    <w:rsid w:val="2CDD938E"/>
+    <w:rsid w:val="2CE0CA78"/>
+    <w:rsid w:val="2D495925"/>
     <w:rsid w:val="2EB59FBE"/>
+    <w:rsid w:val="2EBF08CC"/>
+    <w:rsid w:val="2FF40668"/>
     <w:rsid w:val="30212493"/>
     <w:rsid w:val="3089E352"/>
+    <w:rsid w:val="312A5B19"/>
+    <w:rsid w:val="3153E8C2"/>
+    <w:rsid w:val="31782CCE"/>
+    <w:rsid w:val="319853A0"/>
+    <w:rsid w:val="3235A23C"/>
     <w:rsid w:val="337B40E9"/>
+    <w:rsid w:val="34B7CC60"/>
+    <w:rsid w:val="35937CE2"/>
+    <w:rsid w:val="371FF083"/>
+    <w:rsid w:val="3724430F"/>
     <w:rsid w:val="37BFE2AB"/>
     <w:rsid w:val="37F0724E"/>
+    <w:rsid w:val="387ED292"/>
     <w:rsid w:val="388CF57A"/>
+    <w:rsid w:val="38F63B92"/>
+    <w:rsid w:val="3C080924"/>
+    <w:rsid w:val="3CC4BC99"/>
+    <w:rsid w:val="3CC4F473"/>
+    <w:rsid w:val="3D511532"/>
+    <w:rsid w:val="3D7D8FC2"/>
+    <w:rsid w:val="3DA81DD6"/>
+    <w:rsid w:val="3E1D06A5"/>
+    <w:rsid w:val="3E40EDE7"/>
+    <w:rsid w:val="3E414E9C"/>
+    <w:rsid w:val="3E560157"/>
+    <w:rsid w:val="3E69CC4C"/>
+    <w:rsid w:val="3E8ADC8F"/>
+    <w:rsid w:val="3E8B07FB"/>
+    <w:rsid w:val="4023BCC4"/>
+    <w:rsid w:val="4072903B"/>
+    <w:rsid w:val="4080BAF7"/>
     <w:rsid w:val="41DAA60A"/>
+    <w:rsid w:val="421C0E49"/>
+    <w:rsid w:val="42252044"/>
     <w:rsid w:val="42E76FA6"/>
     <w:rsid w:val="44F16AD4"/>
     <w:rsid w:val="4543EB90"/>
     <w:rsid w:val="456E757F"/>
     <w:rsid w:val="45AADEB4"/>
+    <w:rsid w:val="45B51122"/>
+    <w:rsid w:val="46537C2F"/>
+    <w:rsid w:val="47A530CD"/>
     <w:rsid w:val="47FD1D7F"/>
+    <w:rsid w:val="48AB9EC1"/>
+    <w:rsid w:val="4926572B"/>
+    <w:rsid w:val="4A3D2012"/>
+    <w:rsid w:val="4A43FCFB"/>
     <w:rsid w:val="4D75A547"/>
+    <w:rsid w:val="4E1AEECC"/>
+    <w:rsid w:val="4EE352BE"/>
+    <w:rsid w:val="4EE7FE7E"/>
+    <w:rsid w:val="4FA3F7EA"/>
+    <w:rsid w:val="513B925B"/>
+    <w:rsid w:val="517C0348"/>
+    <w:rsid w:val="51EA071D"/>
+    <w:rsid w:val="520A4D6A"/>
+    <w:rsid w:val="532CD8F6"/>
+    <w:rsid w:val="534FA356"/>
+    <w:rsid w:val="53831C77"/>
+    <w:rsid w:val="53A8F2F5"/>
+    <w:rsid w:val="53B1C799"/>
+    <w:rsid w:val="53D432EF"/>
+    <w:rsid w:val="5595C900"/>
+    <w:rsid w:val="5625C5FA"/>
     <w:rsid w:val="5667D0E0"/>
+    <w:rsid w:val="56D74E1F"/>
+    <w:rsid w:val="571ABA82"/>
+    <w:rsid w:val="571CB24E"/>
+    <w:rsid w:val="5817A05F"/>
     <w:rsid w:val="584744DA"/>
+    <w:rsid w:val="58AD8D0F"/>
+    <w:rsid w:val="5951AD2B"/>
+    <w:rsid w:val="5969C13F"/>
+    <w:rsid w:val="59AA1C7F"/>
+    <w:rsid w:val="59DD4E33"/>
+    <w:rsid w:val="5AC046EC"/>
+    <w:rsid w:val="5ACBFB12"/>
+    <w:rsid w:val="5AF04278"/>
+    <w:rsid w:val="5B520010"/>
+    <w:rsid w:val="5B68FB21"/>
+    <w:rsid w:val="5CFA53E5"/>
+    <w:rsid w:val="5D05C937"/>
+    <w:rsid w:val="5D436663"/>
+    <w:rsid w:val="5EA285BD"/>
+    <w:rsid w:val="5EA2FD3E"/>
+    <w:rsid w:val="5F7AA7C5"/>
+    <w:rsid w:val="5F9FCB7B"/>
+    <w:rsid w:val="6272AA35"/>
     <w:rsid w:val="63AEE64D"/>
+    <w:rsid w:val="657C1676"/>
     <w:rsid w:val="65D5FEBA"/>
     <w:rsid w:val="66CC6386"/>
+    <w:rsid w:val="66F13E02"/>
+    <w:rsid w:val="6903DC44"/>
+    <w:rsid w:val="69474AEB"/>
     <w:rsid w:val="6970BFBD"/>
+    <w:rsid w:val="69D1760F"/>
+    <w:rsid w:val="69EBF0BB"/>
+    <w:rsid w:val="6A738054"/>
     <w:rsid w:val="6ACCCD33"/>
+    <w:rsid w:val="6B2DACC8"/>
+    <w:rsid w:val="6B8F3B08"/>
+    <w:rsid w:val="6C44B56D"/>
+    <w:rsid w:val="6CC7574F"/>
+    <w:rsid w:val="6CF42396"/>
+    <w:rsid w:val="6D19D7D1"/>
+    <w:rsid w:val="6DB85832"/>
+    <w:rsid w:val="6DF2094E"/>
+    <w:rsid w:val="6EAD81A9"/>
+    <w:rsid w:val="707A98CD"/>
     <w:rsid w:val="713D8D1A"/>
+    <w:rsid w:val="71487F2D"/>
+    <w:rsid w:val="717EB7F8"/>
+    <w:rsid w:val="7197D84B"/>
+    <w:rsid w:val="71993CD6"/>
     <w:rsid w:val="734C1E23"/>
     <w:rsid w:val="736149B1"/>
     <w:rsid w:val="736B465C"/>
     <w:rsid w:val="74E697A3"/>
+    <w:rsid w:val="75047F9C"/>
+    <w:rsid w:val="751319A0"/>
+    <w:rsid w:val="754E3A9F"/>
+    <w:rsid w:val="758875F4"/>
     <w:rsid w:val="75D58A0A"/>
+    <w:rsid w:val="760B07DA"/>
+    <w:rsid w:val="7698C490"/>
+    <w:rsid w:val="77127A87"/>
+    <w:rsid w:val="7753626B"/>
+    <w:rsid w:val="77F55C83"/>
     <w:rsid w:val="78EB17EC"/>
+    <w:rsid w:val="79E49617"/>
+    <w:rsid w:val="7BB016B5"/>
     <w:rsid w:val="7BDCC4A7"/>
+    <w:rsid w:val="7C0D695D"/>
+    <w:rsid w:val="7C61390A"/>
+    <w:rsid w:val="7C9DAF15"/>
+    <w:rsid w:val="7CFDA859"/>
     <w:rsid w:val="7D61BA60"/>
+    <w:rsid w:val="7DC32C7E"/>
+    <w:rsid w:val="7E0B6B64"/>
+    <w:rsid w:val="7E4F8532"/>
+    <w:rsid w:val="7EA56DB1"/>
     <w:rsid w:val="7F651791"/>
+    <w:rsid w:val="7FAA8245"/>
     <w:rsid w:val="7FC5ED7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="13C11952"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9034AAA3-D813-4322-AF69-2D0F417FD90C}"/>
+  <w15:docId w15:val="{5F031A74-0C2C-4922-B87C-FBCB0E4C8D16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4934,51 +8122,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A4FB1"/>
+    <w:rsid w:val="00383936"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A57620"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -5625,77 +8813,164 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C23CEE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C23CEE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C36E8B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F4B5C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980ADF"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A337BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C2019"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="653875767">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="742795734">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="758674400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workbc.ca/find-loans-and-grants/community/community-workforce-response-grant/grant-overview" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workbc.ca/research-labour-market" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workbc.ca/research-labour-market" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workbc.ca/find-loans-and-grants/community/community-workforce-response-grant/grant-overview" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -5965,79 +9240,99 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="84bf2969-88a8-411c-9abf-1295da6cf03c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Notes xmlns="84bf2969-88a8-411c-9abf-1295da6cf03c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84bf2969-88a8-411c-9abf-1295da6cf03c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac6df4743bce334d80880814f89a7cba" ns2:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002F60ECE850DDE64795FE819B1E1F094A" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="93c7e4634a093ada438f5cb1f58e29cd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84bf2969-88a8-411c-9abf-1295da6cf03c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="22ef0df105adc7233414bb3b9f6e26e0" ns2:_="">
     <xsd:import namespace="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="84bf2969-88a8-411c-9abf-1295da6cf03c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6058,50 +9353,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Notes" ma:index="18" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6160,147 +9460,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D67E865D-1091-48C8-BDA7-6436D789960C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7F992F4-5487-468A-B4AA-E6E1B830D00E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8311A9F0-20A1-4CCC-87EA-48257206E32E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9939C3D-4B04-4632-A1DB-DCEEC2500B17}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D1F8852-F04D-4CAC-B789-05895481AD37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3261</Characters>
+  <Pages>8</Pages>
+  <Words>668</Words>
+  <Characters>4051</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>289</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3826</CharactersWithSpaces>
+  <CharactersWithSpaces>4623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
-        <vt:i4>6815846</vt:i4>
+        <vt:i4>5308480</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.workbc.ca/find-loans-and-grants/community/community-workforce-response-grant/grant-overview</vt:lpwstr>
+        <vt:lpwstr>https://www.workbc.ca/research-labour-market</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5308480</vt:i4>
+        <vt:i4>6815846</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.workbc.ca/research-labour-market</vt:lpwstr>
+        <vt:lpwstr>https://www.workbc.ca/find-loans-and-grants/community/community-workforce-response-grant/grant-overview</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lougheed, Azra PSFS:EX</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 