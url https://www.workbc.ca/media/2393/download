--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -1,1686 +1,1938 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2F9B5D35" w14:textId="1451BC3E" w:rsidR="31593E0F" w:rsidRPr="00DC3CBB" w:rsidRDefault="008E34DD" w:rsidP="00F83618">
+    <w:p w14:paraId="2F9B5D35" w14:textId="1451BC3E" w:rsidR="31593E0F" w:rsidRPr="00AF1625" w:rsidRDefault="008E34DD" w:rsidP="00F83618">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC3CBB">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This form must be completed by an</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F519B4" w:rsidRPr="00DC3CBB">
+        <w:t xml:space="preserve">This form must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> employer supporting the skills training project and returned to the applicant.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="675D09B0" w:rsidRPr="00DC3CBB">
+        <w:t>be completed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> by an</w:t>
+      </w:r>
+      <w:r w:rsidR="00F519B4" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> employer supporting the skills training project and returned to the applicant.</w:t>
+      </w:r>
+      <w:r w:rsidR="675D09B0" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="675D09B0" w:rsidRPr="00DC3CBB">
+      <w:r w:rsidR="675D09B0" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This form is strictly to provide sector information on current employment needs. Completion of this form does not imply a commitment to hire on behalf of the employer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7142234C" w14:textId="05F6D9BF" w:rsidR="009A48DF" w:rsidRDefault="2D236039" w:rsidP="002A64DA">
+    <w:p w14:paraId="7142234C" w14:textId="1DA0CFC8" w:rsidR="009A48DF" w:rsidRPr="00AF1625" w:rsidRDefault="2D236039" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="202101A7">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Business</w:t>
       </w:r>
-      <w:r w:rsidR="79090A09" w:rsidRPr="202101A7">
+      <w:r w:rsidR="79090A09" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Name</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D0945">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C44911">
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0945" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44911" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B91E90" w14:textId="70874DC3" w:rsidR="7F9D14F4" w:rsidRDefault="7F9D14F4" w:rsidP="002A64DA">
+    <w:p w14:paraId="09B91E90" w14:textId="42FDFB94" w:rsidR="7F9D14F4" w:rsidRPr="00AF1625" w:rsidRDefault="7F9D14F4" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="202101A7">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Business Address and/or website:</w:t>
+        <w:t xml:space="preserve">Business </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">address </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and/or website:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699236AE" w14:textId="6F1D9FAC" w:rsidR="79090A09" w:rsidRDefault="79090A09" w:rsidP="002A64DA">
+    <w:p w14:paraId="699236AE" w14:textId="6F1D9FAC" w:rsidR="79090A09" w:rsidRPr="00AF1625" w:rsidRDefault="79090A09" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4E1BAE4D">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3412C43D" w14:textId="741E3B19" w:rsidR="79090A09" w:rsidRDefault="79090A09" w:rsidP="002A64DA">
+    <w:p w14:paraId="3412C43D" w14:textId="38C04200" w:rsidR="79090A09" w:rsidRPr="00AF1625" w:rsidRDefault="79090A09" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="202101A7">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Representative</w:t>
       </w:r>
-      <w:r w:rsidR="1444B853" w:rsidRPr="202101A7">
+      <w:r w:rsidR="1444B853" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="546ADCCD" w:rsidRPr="202101A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>irst/Last</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="1444B853" w:rsidRPr="202101A7">
+        <w:t>first/last name &amp; title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Name</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039FAA99" w14:textId="6C2936FD" w:rsidR="1E421D77" w:rsidRDefault="1E421D77" w:rsidP="002A64DA">
+    <w:p w14:paraId="039FAA99" w14:textId="4D41B4BC" w:rsidR="1E421D77" w:rsidRPr="00AF1625" w:rsidRDefault="1E421D77" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4E1BAE4D">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Representative Email &amp; Phone Number:</w:t>
+        <w:t xml:space="preserve">Representative </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>email &amp; phone numbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8A7DA1" w14:textId="2D6EBEE7" w:rsidR="38EEF856" w:rsidRDefault="38EEF856" w:rsidP="002A64DA">
+    <w:p w14:paraId="3D8A7DA1" w14:textId="7C0D2BB3" w:rsidR="38EEF856" w:rsidRPr="00AF1625" w:rsidRDefault="38EEF856" w:rsidP="002A64DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="202101A7">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Skills Training Course Title</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="03B02A46" w:rsidRPr="202101A7">
+        <w:t xml:space="preserve">Skills </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>training course title</w:t>
+      </w:r>
+      <w:r w:rsidR="03B02A46" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A2DAE1" w14:textId="35FAFC48" w:rsidR="2F01E410" w:rsidRPr="0034367B" w:rsidRDefault="03B02A46" w:rsidP="0034367B">
+    <w:p w14:paraId="79A2DAE1" w14:textId="3F47293C" w:rsidR="2F01E410" w:rsidRPr="00AF1625" w:rsidRDefault="03B02A46" w:rsidP="0034367B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="18" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:between w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5E4E5703">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Credential/Certification Name:</w:t>
+        <w:t>Credential/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7A6D" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>certification name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="029FB19D" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733E7609" w14:textId="091B981F" w:rsidR="006A36C7" w:rsidRDefault="0024780E" w:rsidP="009E6C96">
+    <w:p w14:paraId="733E7609" w14:textId="0D3D4BA2" w:rsidR="006A36C7" w:rsidRPr="00AF1625" w:rsidRDefault="002D2557" w:rsidP="009E6C96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:color w:val="364153"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="36"/>
             <w:szCs w:val="36"/>
           </w:rPr>
           <w:id w:val="1812364635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00742FBE">
+          <w:r w:rsidR="00894791">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F10E0F" w:rsidRPr="00742FBE">
+      <w:r w:rsidR="00F10E0F" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I certify that I am authorized to submit this form on behalf of the organization named above and that all information provided on this form is correct to the best of my knowledge</w:t>
       </w:r>
-      <w:r w:rsidR="00F10E0F" w:rsidRPr="00742FBE">
+      <w:r w:rsidR="00F10E0F" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:color w:val="364153"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EE65E3" w:rsidRPr="00742FBE">
+      <w:r w:rsidR="00EE65E3" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:color w:val="364153"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EF62BE" w14:textId="77777777" w:rsidR="009E6C96" w:rsidRPr="009E6C96" w:rsidRDefault="009E6C96" w:rsidP="009E6C96">
-[...9 lines deleted...]
-    <w:p w14:paraId="5EE5A952" w14:textId="34C2BBC4" w:rsidR="552F2550" w:rsidRPr="004F7BF8" w:rsidRDefault="552F2550" w:rsidP="00127198">
+    <w:p w14:paraId="5EE5A952" w14:textId="34C2BBC4" w:rsidR="552F2550" w:rsidRPr="00AF1625" w:rsidRDefault="552F2550" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F7BF8">
-[...22 lines deleted...]
-      <w:r w:rsidR="75537474" w:rsidRPr="004F7BF8">
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Which community or communities is your </w:t>
+      </w:r>
+      <w:r w:rsidR="75537474" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>business</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7BF8">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> operating in</w:t>
       </w:r>
-      <w:r w:rsidR="259B692E" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="259B692E" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="31593E0F" w14:paraId="5F85ACFC" w14:textId="77777777" w:rsidTr="00D3417E">
+      <w:tr w:rsidR="31593E0F" w:rsidRPr="00AF1625" w14:paraId="5F85ACFC" w14:textId="77777777" w:rsidTr="00D3417E">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53466F20" w14:textId="77777777" w:rsidR="31593E0F" w:rsidRDefault="31593E0F" w:rsidP="31593E0F">
+          <w:p w14:paraId="53466F20" w14:textId="77777777" w:rsidR="31593E0F" w:rsidRPr="00AF1625" w:rsidRDefault="31593E0F" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="649F1BD1" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
+          <w:p w14:paraId="649F1BD1" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25B7FFC6" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
+          <w:p w14:paraId="25B7FFC6" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BB0C64B" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
+          <w:p w14:paraId="7BB0C64B" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2982634F" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
+          <w:p w14:paraId="2982634F" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30E08338" w14:textId="1417AFB5" w:rsidR="00B56A74" w:rsidRDefault="00B56A74" w:rsidP="31593E0F">
+          <w:p w14:paraId="30E08338" w14:textId="1417AFB5" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74" w:rsidP="31593E0F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BBF0F28" w14:textId="302FA493" w:rsidR="1E1008EF" w:rsidRDefault="1E1008EF" w:rsidP="1E1008EF">
-[...8 lines deleted...]
-    <w:p w14:paraId="5439E5C5" w14:textId="58215180" w:rsidR="31593E0F" w:rsidRPr="004F7BF8" w:rsidRDefault="507B74D4" w:rsidP="00127198">
+    <w:p w14:paraId="5439E5C5" w14:textId="58215180" w:rsidR="31593E0F" w:rsidRPr="00AF1625" w:rsidRDefault="507B74D4" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F7BF8">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you </w:t>
       </w:r>
-      <w:r w:rsidR="0073616C" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="0073616C" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cur</w:t>
       </w:r>
-      <w:r w:rsidR="00364609" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00364609" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">rently have vacant </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7BF8">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">positions </w:t>
       </w:r>
-      <w:r w:rsidR="00793136" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00793136" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidR="00EB4084" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00EB4084" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">successful </w:t>
       </w:r>
-      <w:r w:rsidR="00793136" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00793136" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">graduates of this training </w:t>
       </w:r>
-      <w:r w:rsidR="00EB4084" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00EB4084" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">would be </w:t>
       </w:r>
-      <w:r w:rsidR="006B1A6D" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="006B1A6D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>qualified</w:t>
       </w:r>
-      <w:r w:rsidR="00EB4084" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00EB4084" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to fill </w:t>
       </w:r>
-      <w:r w:rsidR="00793136" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00793136" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(see attached course outline)</w:t>
       </w:r>
-      <w:r w:rsidR="2775F19D" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="2775F19D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="4C11EFBE" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="4C11EFBE" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB5DAF" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00DB5DAF" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please list the names of the position</w:t>
       </w:r>
-      <w:r w:rsidR="004D12F7" w:rsidRPr="004F7BF8">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EC63C5" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="004D12F7" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s) and how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D12F7" w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC63C5" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00543B76" w:rsidRPr="004F7BF8">
+      <w:r w:rsidR="00543B76" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>openings</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2E9D" w:rsidRPr="004F7BF8">
+      <w:bookmarkStart w:id="0" w:name="_Int_C1AvqtKZ"/>
+      <w:r w:rsidR="00FC2E9D" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="202101A7" w14:paraId="58641F57" w14:textId="77777777" w:rsidTr="00D3417E">
+      <w:tr w:rsidR="202101A7" w:rsidRPr="00AF1625" w14:paraId="58641F57" w14:textId="77777777" w:rsidTr="00D3417E">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5327B0" w14:textId="77777777" w:rsidR="003155E5" w:rsidRDefault="003155E5" w:rsidP="003155E5"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3968061B" w14:textId="017DCA14" w:rsidR="00B56A74" w:rsidRPr="003155E5" w:rsidRDefault="00B56A74" w:rsidP="00EB7497"/>
+          <w:p w14:paraId="1D5327B0" w14:textId="77777777" w:rsidR="003155E5" w:rsidRPr="00AF1625" w:rsidRDefault="003155E5" w:rsidP="003155E5"/>
+          <w:p w14:paraId="61559D43" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="003155E5"/>
+          <w:p w14:paraId="21882AE6" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="003155E5"/>
+          <w:p w14:paraId="11D3E44A" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="003155E5"/>
+          <w:p w14:paraId="6F61337E" w14:textId="77777777" w:rsidR="003155E5" w:rsidRPr="00AF1625" w:rsidRDefault="003155E5" w:rsidP="00EB7497"/>
+          <w:p w14:paraId="3968061B" w14:textId="017DCA14" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74" w:rsidP="00EB7497"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54379728" w14:textId="322944F3" w:rsidR="00486E31" w:rsidRDefault="00486E31" w:rsidP="5E4E5703">
+    <w:p w14:paraId="54379728" w14:textId="322944F3" w:rsidR="00486E31" w:rsidRPr="00AF1625" w:rsidRDefault="00486E31" w:rsidP="5E4E5703">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D75D588" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="005E544B" w:rsidRDefault="00B56A74" w:rsidP="5E4E5703">
+    <w:p w14:paraId="6D75D588" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74" w:rsidP="5E4E5703">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219BBE7A" w14:textId="1E0E68F5" w:rsidR="00B33159" w:rsidRDefault="00B33159" w:rsidP="00127198">
+    <w:p w14:paraId="219BBE7A" w14:textId="1E0E68F5" w:rsidR="00B33159" w:rsidRPr="00AF1625" w:rsidRDefault="00B33159" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="29079328">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Where do you regularly post </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E50B9E">
+        <w:t xml:space="preserve">Where do you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>regularly post</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50B9E" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>positions</w:t>
       </w:r>
-      <w:r w:rsidRPr="29079328">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for your </w:t>
       </w:r>
-      <w:r w:rsidR="009E46D9">
+      <w:r w:rsidR="009E46D9" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>openings</w:t>
       </w:r>
-      <w:r w:rsidRPr="29079328">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33159" w14:paraId="347284C6" w14:textId="77777777" w:rsidTr="00D3417E">
+      <w:tr w:rsidR="00B33159" w:rsidRPr="00AF1625" w14:paraId="347284C6" w14:textId="77777777" w:rsidTr="00D3417E">
         <w:trPr>
           <w:trHeight w:val="1515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3C48CE" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="00DC3CBB">
+          <w:p w14:paraId="6D3C48CE" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="00DC3CBB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="121FED48" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
+          <w:p w14:paraId="121FED48" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1136E027" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
+          <w:p w14:paraId="1136E027" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B4FCFB6" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
+          <w:p w14:paraId="5B4FCFB6" w14:textId="77777777" w:rsidR="00DC3CBB" w:rsidRPr="00AF1625" w:rsidRDefault="00DC3CBB" w:rsidP="00DC3CBB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="371EE995" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="00DC3CBB" w:rsidRDefault="00B56A74" w:rsidP="00DC3CBB">
+          <w:p w14:paraId="371EE995" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74" w:rsidP="00DC3CBB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6EE7248F" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="00FE4847">
+          <w:p w14:paraId="6EE7248F" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="00FE4847">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="348A3FF9" w14:textId="73AEBFF5" w:rsidR="00543B76" w:rsidRDefault="1E68A8B5" w:rsidP="00127198">
+    <w:p w14:paraId="348A3FF9" w14:textId="73AEBFF5" w:rsidR="00543B76" w:rsidRPr="00AF1625" w:rsidRDefault="1E68A8B5" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="202101A7">
-[...4 lines deleted...]
-        <w:t>Have you had a hard time filling these positions in the past? If yes, please describe any challenges you faced.</w:t>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have you had </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a hard time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filling these positions in the past? If yes, please describe any challenges you faced.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="202101A7" w14:paraId="5B41BF4D" w14:textId="77777777" w:rsidTr="00D3417E">
+      <w:tr w:rsidR="202101A7" w:rsidRPr="00AF1625" w14:paraId="5B41BF4D" w14:textId="77777777" w:rsidTr="00D3417E">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B3FC24" w14:textId="77777777" w:rsidR="202101A7" w:rsidRDefault="202101A7" w:rsidP="00C44911">
+          <w:p w14:paraId="36B3FC24" w14:textId="77777777" w:rsidR="202101A7" w:rsidRPr="00AF1625" w:rsidRDefault="202101A7" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C8FBFFE" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="7C8FBFFE" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B6B096A" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="7B6B096A" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="601277C2" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="601277C2" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19E293FA" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRDefault="00B56A74" w:rsidP="00C44911">
+          <w:p w14:paraId="19E293FA" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4DA25838" w14:textId="29F9DB72" w:rsidR="00C44911" w:rsidRPr="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="4DA25838" w14:textId="29F9DB72" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="496BC5ED" w14:textId="65B226A4" w:rsidR="202101A7" w:rsidRDefault="202101A7" w:rsidP="202101A7">
-[...8 lines deleted...]
-    <w:p w14:paraId="3EB62423" w14:textId="0A11402D" w:rsidR="00543B76" w:rsidRDefault="718B1C0E" w:rsidP="00127198">
+    <w:p w14:paraId="3EB62423" w14:textId="0A11402D" w:rsidR="00543B76" w:rsidRPr="00AF1625" w:rsidRDefault="718B1C0E" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4CFBBC71">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you foresee future </w:t>
       </w:r>
-      <w:r w:rsidR="000F6C1F" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidR="000F6C1F" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>openings</w:t>
       </w:r>
-      <w:r w:rsidRPr="4CFBBC71">
-[...6 lines deleted...]
-      <w:r w:rsidR="00543B76" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in these positions? If yes, how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF1625">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00543B76" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">job </w:t>
       </w:r>
-      <w:r w:rsidRPr="4CFBBC71">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">openings do you anticipate over the </w:t>
       </w:r>
-      <w:r w:rsidR="71827782" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidR="71827782" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>next 6</w:t>
       </w:r>
-      <w:r w:rsidR="086CA3E8" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidR="086CA3E8" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0DBBBFFD" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidR="0DBBBFFD" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="71827782" w:rsidRPr="4CFBBC71">
+      <w:r w:rsidR="71827782" w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12</w:t>
       </w:r>
-      <w:r w:rsidRPr="4CFBBC71">
+      <w:r w:rsidRPr="00AF1625">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> months?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="202101A7" w:rsidRPr="004B7CA5" w14:paraId="101A4D9F" w14:textId="77777777" w:rsidTr="00D3417E">
+      <w:tr w:rsidR="202101A7" w:rsidRPr="00AF1625" w14:paraId="101A4D9F" w14:textId="77777777" w:rsidTr="00D3417E">
         <w:trPr>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B062BDC" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="00C44911">
+          <w:p w14:paraId="1B062BDC" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78A3266C" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="78A3266C" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D7F92F4" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="4D7F92F4" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="481B8059" w14:textId="77777777" w:rsidR="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="481B8059" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A6F592D" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00C44911" w:rsidRDefault="00C44911" w:rsidP="00C44911">
+          <w:p w14:paraId="4A6F592D" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="00AF1625" w:rsidRDefault="00C44911" w:rsidP="00C44911">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="131D9A77" w14:textId="3EBCA77B" w:rsidR="00FE4847" w:rsidRPr="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="00FE4847">
+          <w:p w14:paraId="131D9A77" w14:textId="3EBCA77B" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="00FE4847">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67011D1D" w14:textId="2089DD56" w:rsidR="202101A7" w:rsidRDefault="202101A7" w:rsidP="004B7CA5">
-[...9 lines deleted...]
-    <w:p w14:paraId="3C53730F" w14:textId="0AF40400" w:rsidR="002705DE" w:rsidRPr="00FE4847" w:rsidRDefault="5059A430" w:rsidP="00FE4847">
+    <w:p w14:paraId="3C53730F" w14:textId="0EACCE14" w:rsidR="002705DE" w:rsidRPr="00AF1625" w:rsidRDefault="5059A430" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B7CA5">
-[...4 lines deleted...]
-        <w:t>As a part of training, if a practicum was required, are you providing a practicum space? If so, how many placements?</w:t>
+      <w:r w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a part of training, if a practicum </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="499FB013" w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, are you providing a practicum space? If so, how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3BE5F0DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> placements?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE4847" w:rsidRPr="004B7CA5" w14:paraId="5CD6F346" w14:textId="77777777" w:rsidTr="008B1682">
+      <w:tr w:rsidR="00FE4847" w:rsidRPr="00AF1625" w14:paraId="5CD6F346" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB3BB2B" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="008B1682">
+          <w:p w14:paraId="0EB3BB2B" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08AD2066" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="008B1682">
+          <w:p w14:paraId="08AD2066" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A47F5D8" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="008B1682">
+          <w:p w14:paraId="1A47F5D8" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A49A193" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="008B1682">
+          <w:p w14:paraId="2A49A193" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3AB6D806" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRDefault="00B56A74" w:rsidP="008B1682">
+          <w:p w14:paraId="3AB6D806" w14:textId="77777777" w:rsidR="00B56A74" w:rsidRPr="00AF1625" w:rsidRDefault="00B56A74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="020A366F" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="000D4D53" w:rsidRDefault="00FE4847" w:rsidP="008B1682">
+          <w:p w14:paraId="020A366F" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45A191C7" w14:textId="16DA93AC" w:rsidR="00421CAC" w:rsidRPr="004B7CA5" w:rsidRDefault="3010B2EB" w:rsidP="004B7CA5">
+    <w:p w14:paraId="45A191C7" w14:textId="15B8EA71" w:rsidR="00421CAC" w:rsidRPr="00BD55DE" w:rsidRDefault="00CD051F" w:rsidP="00894791">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="240" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B7CA5">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How will </w:t>
+      </w:r>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006841EF" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>business</w:t>
+      </w:r>
+      <w:r w:rsidR="00764A4E" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this </w:t>
+      </w:r>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>project (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82C5A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for example:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support with recruitment of participants, offer presentations, anticipate hiring graduates of this cohort</w:t>
+      </w:r>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A476C" w:rsidRPr="00BD55DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82C5A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9507" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="4E1BAE4D" w:rsidRPr="004B7CA5" w14:paraId="35ACE74C" w14:textId="77777777" w:rsidTr="004F7BF8">
+      <w:tr w:rsidR="4E1BAE4D" w:rsidRPr="00AF1625" w14:paraId="35ACE74C" w14:textId="77777777" w:rsidTr="004F7BF8">
         <w:trPr>
           <w:trHeight w:val="1590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08341E00" w14:textId="77777777" w:rsidR="4E1BAE4D" w:rsidRDefault="4E1BAE4D" w:rsidP="000D4D53">
+          <w:p w14:paraId="08341E00" w14:textId="77777777" w:rsidR="4E1BAE4D" w:rsidRPr="00AF1625" w:rsidRDefault="4E1BAE4D" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk195191967"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk195191967"/>
           </w:p>
-          <w:p w14:paraId="1D687A1E" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
+          <w:p w14:paraId="1D687A1E" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BC387BB" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
+          <w:p w14:paraId="6BC387BB" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C4D28A8" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
+          <w:p w14:paraId="3C4D28A8" w14:textId="77777777" w:rsidR="00FE4847" w:rsidRPr="00AF1625" w:rsidRDefault="00FE4847" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18CC383F" w14:textId="77777777" w:rsidR="006E3488" w:rsidRDefault="006E3488" w:rsidP="000D4D53">
+          <w:p w14:paraId="18CC383F" w14:textId="77777777" w:rsidR="006E3488" w:rsidRPr="00AF1625" w:rsidRDefault="006E3488" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D6234B6" w14:textId="564AFCBD" w:rsidR="005D4077" w:rsidRPr="000D4D53" w:rsidRDefault="005D4077" w:rsidP="000D4D53">
+          <w:p w14:paraId="3D6234B6" w14:textId="564AFCBD" w:rsidR="005D4077" w:rsidRPr="00AF1625" w:rsidRDefault="005D4077" w:rsidP="000D4D53">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="5A5C7F0A" w14:textId="39C6EE8D" w:rsidR="4E2A57B3" w:rsidRPr="004B7CA5" w:rsidRDefault="4E2A57B3" w:rsidP="00C44911"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="5A5C7F0A" w14:textId="39C6EE8D" w:rsidR="4E2A57B3" w:rsidRPr="00AF1625" w:rsidRDefault="4E2A57B3" w:rsidP="00C44911"/>
+    <w:sectPr w:rsidR="4E2A57B3" w:rsidRPr="00AF1625" w:rsidSect="001D4FA1">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C72A801" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="7AC4E3B5" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03178AFB" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="0A808746" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="388530C0" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="3D069F56" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EDA9EBA" w14:textId="77777777" w:rsidR="0095342C" w:rsidRDefault="0095342C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1851752469"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="60824B62" w14:textId="666029B5" w:rsidR="31593E0F" w:rsidRPr="0031043C" w:rsidRDefault="008359D9" w:rsidP="003155E5">
+      <w:p w14:paraId="60824B62" w14:textId="31ECD8FF" w:rsidR="31593E0F" w:rsidRPr="0031043C" w:rsidRDefault="008359D9" w:rsidP="003155E5">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Community Workforce Response Grant Employer Support Form</w:t>
         </w:r>
         <w:r w:rsidR="00380745">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Updated April 2025</w:t>
+          <w:t xml:space="preserve"> – Updated </w:t>
+        </w:r>
+        <w:r w:rsidR="0095342C">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>March 2026</w:t>
         </w:r>
         <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:br/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0031043C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0031043C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0031043C" w:rsidRPr="009A356F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27EA30EE" w14:textId="77777777" w:rsidR="0095342C" w:rsidRDefault="0095342C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CFA897B" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="45B75684" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48CF21F0" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="0EC9A704" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7096EB29" w14:textId="77777777" w:rsidR="00100DD2" w:rsidRDefault="00100DD2">
+    <w:p w14:paraId="009B383A" w14:textId="77777777" w:rsidR="002D2557" w:rsidRDefault="002D2557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76DA491A" w14:textId="77777777" w:rsidR="0095342C" w:rsidRDefault="0095342C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42C688A1" w14:textId="77777777" w:rsidR="00C44911" w:rsidRPr="006A36C7" w:rsidRDefault="00385B5B" w:rsidP="001B061A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="5835"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A36C7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3565C4BF" wp14:editId="3E58F34D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3565C4BF" wp14:editId="3E58F34D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>68580</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-176530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1596390" cy="624840"/>
           <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -1736,50 +1988,72 @@
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A36C7">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Employer Support Form</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1E7B3A68" w14:textId="77777777" w:rsidR="0047267F" w:rsidRDefault="0047267F" w:rsidP="0047267F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="5835"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A3907D2" w14:textId="77777777" w:rsidR="0095342C" w:rsidRDefault="0095342C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_C1AvqtKZ" int2:invalidationBookmarkName="" int2:hashCode="OlLOeAlQ1NlpeS" int2:id="cO840Qmb">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F301D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC3D1C"/>
     <w:lvl w:ilvl="0" w:tplc="E2CE89AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="634835C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -1932,513 +2206,653 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="898245424">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="153617369">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0B3438D4"/>
     <w:rsid w:val="000109C4"/>
     <w:rsid w:val="00023801"/>
+    <w:rsid w:val="00034A6C"/>
+    <w:rsid w:val="0004495B"/>
+    <w:rsid w:val="00045462"/>
     <w:rsid w:val="0005081A"/>
     <w:rsid w:val="00051AA9"/>
     <w:rsid w:val="000602E3"/>
     <w:rsid w:val="00080836"/>
     <w:rsid w:val="00085CB6"/>
+    <w:rsid w:val="00092681"/>
     <w:rsid w:val="00094BBE"/>
     <w:rsid w:val="00097E47"/>
     <w:rsid w:val="000B1B8C"/>
     <w:rsid w:val="000B423D"/>
+    <w:rsid w:val="000C35CF"/>
     <w:rsid w:val="000C5B0A"/>
     <w:rsid w:val="000D4D53"/>
+    <w:rsid w:val="000D7B7C"/>
     <w:rsid w:val="000E4043"/>
     <w:rsid w:val="000F22D8"/>
     <w:rsid w:val="000F6C1F"/>
     <w:rsid w:val="00100DD2"/>
+    <w:rsid w:val="00104322"/>
     <w:rsid w:val="0011637E"/>
+    <w:rsid w:val="00126EFF"/>
     <w:rsid w:val="00127198"/>
     <w:rsid w:val="00156779"/>
+    <w:rsid w:val="00180E3B"/>
+    <w:rsid w:val="00182790"/>
     <w:rsid w:val="001B061A"/>
     <w:rsid w:val="001B31E2"/>
+    <w:rsid w:val="001B4D35"/>
     <w:rsid w:val="001C5217"/>
     <w:rsid w:val="001D4FA1"/>
+    <w:rsid w:val="001F1AB6"/>
     <w:rsid w:val="001F28A7"/>
     <w:rsid w:val="002036F6"/>
     <w:rsid w:val="00205B1A"/>
+    <w:rsid w:val="00212DCA"/>
     <w:rsid w:val="0021540C"/>
     <w:rsid w:val="00221D1D"/>
     <w:rsid w:val="00226A1C"/>
     <w:rsid w:val="002311B5"/>
     <w:rsid w:val="00233821"/>
     <w:rsid w:val="00234038"/>
     <w:rsid w:val="00237D80"/>
     <w:rsid w:val="00243E87"/>
+    <w:rsid w:val="0024423D"/>
     <w:rsid w:val="0024780E"/>
+    <w:rsid w:val="00250061"/>
     <w:rsid w:val="00250BDC"/>
+    <w:rsid w:val="00264853"/>
+    <w:rsid w:val="002701BA"/>
     <w:rsid w:val="002705DE"/>
+    <w:rsid w:val="00283869"/>
     <w:rsid w:val="002A2D0B"/>
     <w:rsid w:val="002A64DA"/>
+    <w:rsid w:val="002B0511"/>
     <w:rsid w:val="002B147E"/>
     <w:rsid w:val="002B4184"/>
+    <w:rsid w:val="002B6CB0"/>
     <w:rsid w:val="002C27D8"/>
+    <w:rsid w:val="002C409F"/>
+    <w:rsid w:val="002D2557"/>
+    <w:rsid w:val="002D6CBF"/>
     <w:rsid w:val="002E0F90"/>
     <w:rsid w:val="002E1D76"/>
+    <w:rsid w:val="002E1E3B"/>
     <w:rsid w:val="002E7AE2"/>
+    <w:rsid w:val="00302563"/>
     <w:rsid w:val="00305D69"/>
     <w:rsid w:val="0031043C"/>
     <w:rsid w:val="003155E5"/>
+    <w:rsid w:val="00323327"/>
     <w:rsid w:val="0032683D"/>
+    <w:rsid w:val="00327E9A"/>
     <w:rsid w:val="00342873"/>
     <w:rsid w:val="0034367B"/>
     <w:rsid w:val="00353ADA"/>
     <w:rsid w:val="00361E47"/>
     <w:rsid w:val="00364609"/>
     <w:rsid w:val="00380745"/>
+    <w:rsid w:val="00383E7C"/>
     <w:rsid w:val="00385B5B"/>
     <w:rsid w:val="00390267"/>
+    <w:rsid w:val="003930A0"/>
     <w:rsid w:val="00397A95"/>
     <w:rsid w:val="003B2AA4"/>
     <w:rsid w:val="003B4081"/>
     <w:rsid w:val="003B7A66"/>
     <w:rsid w:val="003C5289"/>
     <w:rsid w:val="003C687F"/>
+    <w:rsid w:val="003F5679"/>
     <w:rsid w:val="003F5AE9"/>
     <w:rsid w:val="00407CBB"/>
     <w:rsid w:val="0041303B"/>
+    <w:rsid w:val="00414125"/>
     <w:rsid w:val="00416220"/>
     <w:rsid w:val="00421CAC"/>
+    <w:rsid w:val="0043244F"/>
+    <w:rsid w:val="00442048"/>
+    <w:rsid w:val="00447DCF"/>
     <w:rsid w:val="0047267F"/>
     <w:rsid w:val="00486E31"/>
+    <w:rsid w:val="00487CB1"/>
+    <w:rsid w:val="004950C9"/>
     <w:rsid w:val="00497B7A"/>
     <w:rsid w:val="0049E872"/>
+    <w:rsid w:val="004A5C54"/>
     <w:rsid w:val="004B0E92"/>
     <w:rsid w:val="004B7CA5"/>
     <w:rsid w:val="004C4F16"/>
     <w:rsid w:val="004C4FDE"/>
+    <w:rsid w:val="004C6D3E"/>
     <w:rsid w:val="004D12F7"/>
     <w:rsid w:val="004D5041"/>
     <w:rsid w:val="004D58AF"/>
+    <w:rsid w:val="004E2635"/>
     <w:rsid w:val="004F6E73"/>
     <w:rsid w:val="004F7BF8"/>
     <w:rsid w:val="0050011D"/>
+    <w:rsid w:val="00502AFE"/>
     <w:rsid w:val="005031FD"/>
     <w:rsid w:val="005051C1"/>
+    <w:rsid w:val="00522C2C"/>
     <w:rsid w:val="00543B76"/>
     <w:rsid w:val="00545514"/>
     <w:rsid w:val="00547FA5"/>
+    <w:rsid w:val="005501AE"/>
     <w:rsid w:val="005547A9"/>
     <w:rsid w:val="00565591"/>
     <w:rsid w:val="00576491"/>
     <w:rsid w:val="00592B5C"/>
     <w:rsid w:val="0059575A"/>
+    <w:rsid w:val="005A476C"/>
     <w:rsid w:val="005C11A8"/>
     <w:rsid w:val="005C428C"/>
     <w:rsid w:val="005D0945"/>
     <w:rsid w:val="005D4077"/>
     <w:rsid w:val="005E544B"/>
+    <w:rsid w:val="006039BB"/>
     <w:rsid w:val="00611A26"/>
     <w:rsid w:val="00614397"/>
     <w:rsid w:val="006346AD"/>
     <w:rsid w:val="00634781"/>
     <w:rsid w:val="00640104"/>
     <w:rsid w:val="00645C31"/>
     <w:rsid w:val="00647104"/>
+    <w:rsid w:val="0065207F"/>
     <w:rsid w:val="006561AF"/>
+    <w:rsid w:val="00683A5A"/>
+    <w:rsid w:val="006841EF"/>
+    <w:rsid w:val="00693AA9"/>
     <w:rsid w:val="006A36C7"/>
     <w:rsid w:val="006A6695"/>
     <w:rsid w:val="006A6705"/>
     <w:rsid w:val="006A79F1"/>
     <w:rsid w:val="006B1A6D"/>
     <w:rsid w:val="006C0196"/>
     <w:rsid w:val="006D1266"/>
     <w:rsid w:val="006D280D"/>
     <w:rsid w:val="006D3A50"/>
     <w:rsid w:val="006D49CE"/>
     <w:rsid w:val="006E3488"/>
     <w:rsid w:val="006E3B09"/>
+    <w:rsid w:val="006E6807"/>
     <w:rsid w:val="006E76D1"/>
     <w:rsid w:val="006F01CC"/>
     <w:rsid w:val="006F0F02"/>
+    <w:rsid w:val="006F4C38"/>
     <w:rsid w:val="00700F70"/>
     <w:rsid w:val="00704CA4"/>
     <w:rsid w:val="0070541C"/>
     <w:rsid w:val="007065CD"/>
+    <w:rsid w:val="00710175"/>
     <w:rsid w:val="00710807"/>
     <w:rsid w:val="007154FB"/>
     <w:rsid w:val="00720D76"/>
+    <w:rsid w:val="00724F8F"/>
     <w:rsid w:val="007257A2"/>
     <w:rsid w:val="00726384"/>
     <w:rsid w:val="00730418"/>
+    <w:rsid w:val="007312F3"/>
     <w:rsid w:val="0073616C"/>
     <w:rsid w:val="00742FBE"/>
     <w:rsid w:val="00756208"/>
     <w:rsid w:val="0075737B"/>
     <w:rsid w:val="00763186"/>
+    <w:rsid w:val="007641C6"/>
+    <w:rsid w:val="00764A4E"/>
+    <w:rsid w:val="00781C04"/>
+    <w:rsid w:val="00782EAA"/>
     <w:rsid w:val="00793136"/>
+    <w:rsid w:val="00797921"/>
     <w:rsid w:val="007B2DF7"/>
+    <w:rsid w:val="007B77BF"/>
     <w:rsid w:val="007B77C3"/>
     <w:rsid w:val="007B7F39"/>
     <w:rsid w:val="007C31B6"/>
     <w:rsid w:val="007C5D4D"/>
     <w:rsid w:val="007D61CA"/>
+    <w:rsid w:val="007E649D"/>
     <w:rsid w:val="007E7953"/>
     <w:rsid w:val="007F2301"/>
     <w:rsid w:val="00802416"/>
     <w:rsid w:val="00805937"/>
     <w:rsid w:val="0080636A"/>
     <w:rsid w:val="008359D9"/>
     <w:rsid w:val="00860915"/>
     <w:rsid w:val="00866D67"/>
+    <w:rsid w:val="00871C8D"/>
+    <w:rsid w:val="008723E2"/>
     <w:rsid w:val="00883AFF"/>
     <w:rsid w:val="008916BB"/>
     <w:rsid w:val="00892B6A"/>
+    <w:rsid w:val="00894791"/>
+    <w:rsid w:val="008B36E5"/>
     <w:rsid w:val="008D109A"/>
+    <w:rsid w:val="008D78C3"/>
     <w:rsid w:val="008E0443"/>
     <w:rsid w:val="008E34DD"/>
     <w:rsid w:val="008E3C7F"/>
     <w:rsid w:val="009022C7"/>
+    <w:rsid w:val="00903BFA"/>
     <w:rsid w:val="009054FF"/>
     <w:rsid w:val="009154E2"/>
     <w:rsid w:val="0092039B"/>
     <w:rsid w:val="0093163D"/>
+    <w:rsid w:val="0095342C"/>
     <w:rsid w:val="00956FBA"/>
+    <w:rsid w:val="00964556"/>
     <w:rsid w:val="00964ECF"/>
+    <w:rsid w:val="009720D4"/>
     <w:rsid w:val="00973E6A"/>
+    <w:rsid w:val="009821B3"/>
     <w:rsid w:val="0098381C"/>
     <w:rsid w:val="009A48DF"/>
     <w:rsid w:val="009B106D"/>
     <w:rsid w:val="009B3E8A"/>
     <w:rsid w:val="009B526B"/>
     <w:rsid w:val="009E1468"/>
     <w:rsid w:val="009E46D9"/>
+    <w:rsid w:val="009E4ED5"/>
     <w:rsid w:val="009E6C96"/>
     <w:rsid w:val="009F3295"/>
+    <w:rsid w:val="009F4D92"/>
+    <w:rsid w:val="009F62DA"/>
     <w:rsid w:val="00A069BD"/>
     <w:rsid w:val="00A10CBC"/>
     <w:rsid w:val="00A24591"/>
     <w:rsid w:val="00A32161"/>
     <w:rsid w:val="00A358F9"/>
+    <w:rsid w:val="00A45625"/>
+    <w:rsid w:val="00A47738"/>
     <w:rsid w:val="00A54BEA"/>
+    <w:rsid w:val="00A56550"/>
     <w:rsid w:val="00A60C46"/>
     <w:rsid w:val="00A62CCD"/>
     <w:rsid w:val="00A7111D"/>
     <w:rsid w:val="00A812CF"/>
     <w:rsid w:val="00A85D55"/>
+    <w:rsid w:val="00AA1097"/>
     <w:rsid w:val="00AA6BCC"/>
     <w:rsid w:val="00AA7987"/>
     <w:rsid w:val="00AB0500"/>
     <w:rsid w:val="00AB4071"/>
     <w:rsid w:val="00AC3098"/>
+    <w:rsid w:val="00AD0AFA"/>
     <w:rsid w:val="00AD2B0B"/>
     <w:rsid w:val="00AD6510"/>
     <w:rsid w:val="00AE4AD3"/>
+    <w:rsid w:val="00AF1625"/>
     <w:rsid w:val="00AF385A"/>
     <w:rsid w:val="00B33159"/>
+    <w:rsid w:val="00B36343"/>
+    <w:rsid w:val="00B40848"/>
     <w:rsid w:val="00B40B13"/>
     <w:rsid w:val="00B47BE6"/>
     <w:rsid w:val="00B55EC2"/>
     <w:rsid w:val="00B56A74"/>
     <w:rsid w:val="00B77417"/>
     <w:rsid w:val="00B80D3D"/>
+    <w:rsid w:val="00B83161"/>
     <w:rsid w:val="00B835BE"/>
     <w:rsid w:val="00B93A68"/>
+    <w:rsid w:val="00B9432E"/>
     <w:rsid w:val="00BA488E"/>
     <w:rsid w:val="00BB1A37"/>
+    <w:rsid w:val="00BB7254"/>
     <w:rsid w:val="00BD3CFE"/>
+    <w:rsid w:val="00BD52E2"/>
+    <w:rsid w:val="00BD53FC"/>
+    <w:rsid w:val="00BD55DE"/>
     <w:rsid w:val="00BF6536"/>
     <w:rsid w:val="00C02899"/>
     <w:rsid w:val="00C02B27"/>
+    <w:rsid w:val="00C044BC"/>
     <w:rsid w:val="00C0775A"/>
     <w:rsid w:val="00C11AC3"/>
+    <w:rsid w:val="00C11CC7"/>
     <w:rsid w:val="00C322F2"/>
+    <w:rsid w:val="00C36696"/>
     <w:rsid w:val="00C36F1B"/>
     <w:rsid w:val="00C374A2"/>
     <w:rsid w:val="00C44911"/>
+    <w:rsid w:val="00C4592E"/>
     <w:rsid w:val="00C47424"/>
     <w:rsid w:val="00C501E8"/>
     <w:rsid w:val="00C63C8C"/>
+    <w:rsid w:val="00C65F15"/>
     <w:rsid w:val="00C816A4"/>
     <w:rsid w:val="00C83EC2"/>
     <w:rsid w:val="00C913C0"/>
     <w:rsid w:val="00C92D02"/>
+    <w:rsid w:val="00CA5120"/>
+    <w:rsid w:val="00CB53CF"/>
     <w:rsid w:val="00CC0BE3"/>
+    <w:rsid w:val="00CC0C55"/>
+    <w:rsid w:val="00CD051F"/>
     <w:rsid w:val="00CD4674"/>
+    <w:rsid w:val="00CE6B82"/>
     <w:rsid w:val="00CF1602"/>
+    <w:rsid w:val="00CF501E"/>
+    <w:rsid w:val="00D125CF"/>
     <w:rsid w:val="00D3417E"/>
+    <w:rsid w:val="00D47CF2"/>
+    <w:rsid w:val="00D54E21"/>
+    <w:rsid w:val="00D617A5"/>
     <w:rsid w:val="00D6278B"/>
+    <w:rsid w:val="00D66A50"/>
     <w:rsid w:val="00D67007"/>
+    <w:rsid w:val="00D71432"/>
+    <w:rsid w:val="00D90584"/>
+    <w:rsid w:val="00D90AF4"/>
     <w:rsid w:val="00D95385"/>
+    <w:rsid w:val="00DA3D45"/>
     <w:rsid w:val="00DB5DAF"/>
     <w:rsid w:val="00DC3CBB"/>
+    <w:rsid w:val="00DC5BD0"/>
     <w:rsid w:val="00DC7564"/>
     <w:rsid w:val="00DD4F96"/>
     <w:rsid w:val="00DD6F33"/>
+    <w:rsid w:val="00DE7554"/>
+    <w:rsid w:val="00DF067D"/>
+    <w:rsid w:val="00DF08EF"/>
+    <w:rsid w:val="00DF1358"/>
+    <w:rsid w:val="00DF36BB"/>
+    <w:rsid w:val="00E0514F"/>
     <w:rsid w:val="00E13628"/>
     <w:rsid w:val="00E1391A"/>
+    <w:rsid w:val="00E141B4"/>
+    <w:rsid w:val="00E24F9D"/>
     <w:rsid w:val="00E300A2"/>
+    <w:rsid w:val="00E34464"/>
     <w:rsid w:val="00E40C42"/>
     <w:rsid w:val="00E50B9E"/>
     <w:rsid w:val="00E5143B"/>
     <w:rsid w:val="00E61CBA"/>
     <w:rsid w:val="00E6760B"/>
+    <w:rsid w:val="00E82C5A"/>
+    <w:rsid w:val="00E9681C"/>
+    <w:rsid w:val="00EA187B"/>
+    <w:rsid w:val="00EA7A6D"/>
     <w:rsid w:val="00EB4084"/>
     <w:rsid w:val="00EB7497"/>
+    <w:rsid w:val="00EC1B79"/>
     <w:rsid w:val="00EC63C5"/>
     <w:rsid w:val="00ED2E11"/>
     <w:rsid w:val="00ED3099"/>
+    <w:rsid w:val="00EE6439"/>
     <w:rsid w:val="00EE65E3"/>
+    <w:rsid w:val="00EE7732"/>
+    <w:rsid w:val="00EF18C7"/>
     <w:rsid w:val="00EF32D7"/>
     <w:rsid w:val="00F10E0F"/>
     <w:rsid w:val="00F13D53"/>
     <w:rsid w:val="00F2486B"/>
     <w:rsid w:val="00F43BCC"/>
     <w:rsid w:val="00F4486C"/>
     <w:rsid w:val="00F519B4"/>
     <w:rsid w:val="00F54A5E"/>
     <w:rsid w:val="00F61792"/>
+    <w:rsid w:val="00F6758C"/>
+    <w:rsid w:val="00F73E6D"/>
+    <w:rsid w:val="00F817AF"/>
     <w:rsid w:val="00F83618"/>
     <w:rsid w:val="00F92CA9"/>
+    <w:rsid w:val="00F9581E"/>
+    <w:rsid w:val="00FB4041"/>
     <w:rsid w:val="00FC2E9D"/>
     <w:rsid w:val="00FC5125"/>
     <w:rsid w:val="00FC7A5C"/>
+    <w:rsid w:val="00FD3918"/>
     <w:rsid w:val="00FE4847"/>
+    <w:rsid w:val="00FE4E6E"/>
     <w:rsid w:val="01924EDB"/>
     <w:rsid w:val="01DF6845"/>
     <w:rsid w:val="0214EFBD"/>
     <w:rsid w:val="0260919B"/>
+    <w:rsid w:val="029FB19D"/>
     <w:rsid w:val="03B02A46"/>
     <w:rsid w:val="05C79D4C"/>
     <w:rsid w:val="060253FD"/>
     <w:rsid w:val="0612D459"/>
     <w:rsid w:val="06DC96EF"/>
     <w:rsid w:val="06F490D8"/>
     <w:rsid w:val="06F50C9E"/>
     <w:rsid w:val="0720253B"/>
     <w:rsid w:val="07C184B8"/>
     <w:rsid w:val="07E78B61"/>
     <w:rsid w:val="086CA3E8"/>
     <w:rsid w:val="089FC4CA"/>
     <w:rsid w:val="0923AA7D"/>
     <w:rsid w:val="09BE7E34"/>
     <w:rsid w:val="0A04D7B9"/>
     <w:rsid w:val="0A05863D"/>
     <w:rsid w:val="0AE1E0DE"/>
     <w:rsid w:val="0B2E85D0"/>
     <w:rsid w:val="0B3438D4"/>
     <w:rsid w:val="0C0CBB9D"/>
     <w:rsid w:val="0C686EB4"/>
     <w:rsid w:val="0CB19517"/>
     <w:rsid w:val="0DBBBFFD"/>
     <w:rsid w:val="0E919E5B"/>
     <w:rsid w:val="0F98ACBB"/>
     <w:rsid w:val="11270BF5"/>
     <w:rsid w:val="11B3CD14"/>
     <w:rsid w:val="125E2890"/>
     <w:rsid w:val="13548074"/>
     <w:rsid w:val="142E1E7F"/>
     <w:rsid w:val="1444B853"/>
     <w:rsid w:val="151CF2A4"/>
     <w:rsid w:val="16262771"/>
     <w:rsid w:val="1640791C"/>
     <w:rsid w:val="166F673B"/>
     <w:rsid w:val="16F2E544"/>
     <w:rsid w:val="17381B3E"/>
     <w:rsid w:val="175B2F07"/>
     <w:rsid w:val="178FE0D6"/>
     <w:rsid w:val="184520DD"/>
     <w:rsid w:val="18BE0042"/>
+    <w:rsid w:val="195BE291"/>
     <w:rsid w:val="19B21577"/>
     <w:rsid w:val="1B162AAE"/>
     <w:rsid w:val="1B422ECC"/>
     <w:rsid w:val="1BFE46F4"/>
     <w:rsid w:val="1DE0C796"/>
     <w:rsid w:val="1E1008EF"/>
     <w:rsid w:val="1E1DD56F"/>
     <w:rsid w:val="1E421D77"/>
     <w:rsid w:val="1E68A8B5"/>
     <w:rsid w:val="1EF47F46"/>
     <w:rsid w:val="20172039"/>
     <w:rsid w:val="202101A7"/>
     <w:rsid w:val="210F03C2"/>
     <w:rsid w:val="2208FA01"/>
     <w:rsid w:val="224E45B2"/>
     <w:rsid w:val="22B90CB0"/>
+    <w:rsid w:val="2302A1C4"/>
     <w:rsid w:val="23FFE919"/>
     <w:rsid w:val="244DCA17"/>
     <w:rsid w:val="245C5093"/>
     <w:rsid w:val="24973716"/>
     <w:rsid w:val="253E93C0"/>
     <w:rsid w:val="259B692E"/>
     <w:rsid w:val="25F55DBA"/>
     <w:rsid w:val="26185D75"/>
     <w:rsid w:val="271AD234"/>
     <w:rsid w:val="2775F19D"/>
     <w:rsid w:val="2801C424"/>
     <w:rsid w:val="288FC9D6"/>
     <w:rsid w:val="29079328"/>
     <w:rsid w:val="2AB0153F"/>
     <w:rsid w:val="2ABEA6A4"/>
     <w:rsid w:val="2AC64977"/>
     <w:rsid w:val="2BBE086A"/>
     <w:rsid w:val="2CC8BDA6"/>
     <w:rsid w:val="2D236039"/>
     <w:rsid w:val="2E0EBF48"/>
     <w:rsid w:val="2F01E410"/>
     <w:rsid w:val="2F79C674"/>
     <w:rsid w:val="3010B2EB"/>
     <w:rsid w:val="3105A587"/>
     <w:rsid w:val="3146E99D"/>
     <w:rsid w:val="3149F91C"/>
     <w:rsid w:val="31593E0F"/>
     <w:rsid w:val="31A106D4"/>
     <w:rsid w:val="31BE2167"/>
     <w:rsid w:val="31E5F44F"/>
     <w:rsid w:val="32001B76"/>
     <w:rsid w:val="3274B17C"/>
     <w:rsid w:val="32785588"/>
     <w:rsid w:val="32A7DE74"/>
     <w:rsid w:val="32E84A77"/>
     <w:rsid w:val="33B6A451"/>
     <w:rsid w:val="3499FEFC"/>
     <w:rsid w:val="3569F9B8"/>
     <w:rsid w:val="36D52870"/>
     <w:rsid w:val="37502D59"/>
     <w:rsid w:val="3764D98E"/>
     <w:rsid w:val="37B294F7"/>
     <w:rsid w:val="37C4CFB5"/>
     <w:rsid w:val="38DB17BD"/>
     <w:rsid w:val="38EEF856"/>
     <w:rsid w:val="3909912D"/>
     <w:rsid w:val="3B212594"/>
     <w:rsid w:val="3B9454DE"/>
+    <w:rsid w:val="3BE5F0DD"/>
     <w:rsid w:val="3CF66CC0"/>
     <w:rsid w:val="3D406C68"/>
     <w:rsid w:val="3D8028DD"/>
     <w:rsid w:val="3D9F296B"/>
     <w:rsid w:val="3E3D9E16"/>
     <w:rsid w:val="3E871080"/>
     <w:rsid w:val="3EFF24CE"/>
     <w:rsid w:val="3F2A573D"/>
     <w:rsid w:val="3F96176E"/>
     <w:rsid w:val="3FB6DCDA"/>
     <w:rsid w:val="3FBAF8CA"/>
     <w:rsid w:val="41B498C9"/>
     <w:rsid w:val="41C312EB"/>
     <w:rsid w:val="422E9838"/>
     <w:rsid w:val="4230B08B"/>
     <w:rsid w:val="42D610BB"/>
     <w:rsid w:val="43372977"/>
     <w:rsid w:val="438C89B6"/>
     <w:rsid w:val="439876DA"/>
     <w:rsid w:val="43F3BB9A"/>
     <w:rsid w:val="44478C36"/>
     <w:rsid w:val="44805EF1"/>
     <w:rsid w:val="46E5B93A"/>
     <w:rsid w:val="47F748C0"/>
     <w:rsid w:val="48BACEF4"/>
     <w:rsid w:val="490ABF37"/>
     <w:rsid w:val="495F7565"/>
+    <w:rsid w:val="499FB013"/>
     <w:rsid w:val="4ABB0E7A"/>
     <w:rsid w:val="4AD1E31A"/>
     <w:rsid w:val="4B2D91EC"/>
     <w:rsid w:val="4C11EFBE"/>
     <w:rsid w:val="4C209DF4"/>
     <w:rsid w:val="4C286B74"/>
     <w:rsid w:val="4CBE5A23"/>
     <w:rsid w:val="4CE50B5E"/>
     <w:rsid w:val="4CF5C832"/>
     <w:rsid w:val="4CFBBC71"/>
     <w:rsid w:val="4D4D924E"/>
     <w:rsid w:val="4DD8DF84"/>
     <w:rsid w:val="4E1BAE4D"/>
     <w:rsid w:val="4E2A57B3"/>
     <w:rsid w:val="4E381923"/>
     <w:rsid w:val="4E3AA17D"/>
     <w:rsid w:val="4E54A4E4"/>
     <w:rsid w:val="4E72FE18"/>
+    <w:rsid w:val="4F3B72E8"/>
+    <w:rsid w:val="503226F6"/>
     <w:rsid w:val="50385072"/>
     <w:rsid w:val="5059A430"/>
     <w:rsid w:val="507B74D4"/>
     <w:rsid w:val="51DF2C0E"/>
     <w:rsid w:val="531908C1"/>
     <w:rsid w:val="5402C704"/>
     <w:rsid w:val="546ADCCD"/>
     <w:rsid w:val="54C4A394"/>
     <w:rsid w:val="552F2550"/>
     <w:rsid w:val="55D3EA00"/>
     <w:rsid w:val="57098730"/>
     <w:rsid w:val="5784D2B5"/>
     <w:rsid w:val="586B5097"/>
     <w:rsid w:val="58E2A9A5"/>
     <w:rsid w:val="58EC3FA5"/>
     <w:rsid w:val="5941B75B"/>
     <w:rsid w:val="5A003697"/>
+    <w:rsid w:val="5A61F855"/>
     <w:rsid w:val="5C7D0329"/>
     <w:rsid w:val="5DAC010A"/>
     <w:rsid w:val="5E4E5703"/>
     <w:rsid w:val="5EDF0890"/>
     <w:rsid w:val="5F07EA88"/>
     <w:rsid w:val="5F8D3FC0"/>
     <w:rsid w:val="5FB44EEC"/>
     <w:rsid w:val="602B2848"/>
     <w:rsid w:val="6038491A"/>
     <w:rsid w:val="61E60341"/>
     <w:rsid w:val="62085561"/>
     <w:rsid w:val="63EA24EA"/>
     <w:rsid w:val="6402F364"/>
     <w:rsid w:val="66521E63"/>
     <w:rsid w:val="675D09B0"/>
     <w:rsid w:val="67ED0C65"/>
     <w:rsid w:val="682DC3DE"/>
     <w:rsid w:val="694EC767"/>
     <w:rsid w:val="6A97B2D4"/>
     <w:rsid w:val="6AA426EA"/>
     <w:rsid w:val="6B559459"/>
     <w:rsid w:val="6B85FEE4"/>
     <w:rsid w:val="6C4E74D8"/>
     <w:rsid w:val="6C783E14"/>
     <w:rsid w:val="6CAB0DA8"/>
@@ -2475,51 +2889,51 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="39218B8C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0247DB11-C6BC-4E8B-85DE-7D4E50BEDDF4}"/>
+  <w15:docId w15:val="{CA063C3D-EF95-48F0-9A8C-E4C77F75B4C5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3499,54 +3913,54 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0031043C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0034367B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -3789,80 +4203,70 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84bf2969-88a8-411c-9abf-1295da6cf03c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac6df4743bce334d80880814f89a7cba" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002F60ECE850DDE64795FE819B1E1F094A" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="93c7e4634a093ada438f5cb1f58e29cd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84bf2969-88a8-411c-9abf-1295da6cf03c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="22ef0df105adc7233414bb3b9f6e26e0" ns2:_="">
     <xsd:import namespace="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="84bf2969-88a8-411c-9abf-1295da6cf03c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3883,50 +4287,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Notes" ma:index="18" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -3985,101 +4394,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="84bf2969-88a8-411c-9abf-1295da6cf03c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Notes xmlns="84bf2969-88a8-411c-9abf-1295da6cf03c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C727AEF8-9589-4433-8184-30B7F729F0C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4F2A0B7-A999-43D4-B64C-B2C33E6E3A66}">
-[...9 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47AC21C6-6016-43D7-8E88-57552FC495F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BB0965F-9893-4E20-9159-9D36112B2241}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4F2A0B7-A999-43D4-B64C-B2C33E6E3A66}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="84bf2969-88a8-411c-9abf-1295da6cf03c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>233</Words>
-  <Characters>1205</Characters>
+  <Words>254</Words>
+  <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1436</CharactersWithSpaces>
+  <CharactersWithSpaces>1546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Efthymiou, Chrystalla PSFS:EX</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002F60ECE850DDE64795FE819B1E1F094A</vt:lpwstr>
   </property>